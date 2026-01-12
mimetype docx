--- v0 (2025-10-31)
+++ v1 (2026-01-12)
@@ -758,67 +758,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena indywidualnej pracy studenta podczas zajęć, w tym jego aktywności i umiejętności samodzielnego formułowania stanowisk. Sprawdzian pisemny z całego materiału, który był omawiany podczas zajęć. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W03, K_W07, K_W12</w:t>
+        <w:t xml:space="preserve">K_W03, K_W07, K_W12, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.T.P6S_WK</w:t>
+        <w:t xml:space="preserve">I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WG, II.T.P6S_WK, II.H.P6S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
@@ -838,67 +838,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja podczas zajęć. Formułowanie stanowisk w krótkich wypowiedziach, z wykorzystaniem terminologii i pojęć poznanych podczas zajęć. Rozwiązywanie kazusów, przygotowywanie przykładowych regulacji prawnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U03, K_U04, K_U09, K_U01, K_U02</w:t>
+        <w:t xml:space="preserve">K_U09, K_U01, K_U02, K_U03, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+        <w:t xml:space="preserve">II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>