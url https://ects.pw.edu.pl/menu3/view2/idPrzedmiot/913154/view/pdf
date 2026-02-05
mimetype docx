--- v1 (2026-01-12)
+++ v2 (2026-02-05)
@@ -774,51 +774,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03, K_W07, K_W12, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WG, II.T.P6S_WK, II.H.P6S_WG.1.o</w:t>
+        <w:t xml:space="preserve">II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WG, I.P6S_WK, II.T.P6S_WK, II.S.P6S_WG.1, II.H.P6S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
@@ -854,51 +854,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U09, K_U01, K_U02, K_U03, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW</w:t>
+        <w:t xml:space="preserve">II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.S.P6S_UW.1, II.T.P6S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>