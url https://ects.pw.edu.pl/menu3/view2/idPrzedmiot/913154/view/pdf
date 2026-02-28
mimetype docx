--- v2 (2026-02-05)
+++ v3 (2026-02-28)
@@ -758,67 +758,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena indywidualnej pracy studenta podczas zajęć, w tym jego aktywności i umiejętności samodzielnego formułowania stanowisk. Sprawdzian pisemny z całego materiału, który był omawiany podczas zajęć. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W07, K_W12, K_W01</w:t>
+        <w:t xml:space="preserve">K_W01, K_W03, K_W07, K_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WG, I.P6S_WK, II.T.P6S_WK, II.S.P6S_WG.1, II.H.P6S_WG.1.o</w:t>
+        <w:t xml:space="preserve">II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WG, I.P6S_WK, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.T.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
@@ -838,67 +838,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja podczas zajęć. Formułowanie stanowisk w krótkich wypowiedziach, z wykorzystaniem terminologii i pojęć poznanych podczas zajęć. Rozwiązywanie kazusów, przygotowywanie przykładowych regulacji prawnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U09, K_U01, K_U02, K_U03, K_U04</w:t>
+        <w:t xml:space="preserve">K_U03, K_U04, K_U09, K_U01, K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.S.P6S_UW.1, II.T.P6S_UW.2</w:t>
+        <w:t xml:space="preserve">II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>