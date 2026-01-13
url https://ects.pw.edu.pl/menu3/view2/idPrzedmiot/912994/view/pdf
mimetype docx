--- v0 (2026-01-13)
+++ v1 (2026-01-13)
@@ -1037,51 +1037,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM2_W10, KMiBM2_W06, KMiBM2_W07</w:t>
+        <w:t xml:space="preserve">KMiBM2_W06, KMiBM2_W07, KMiBM2_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1257,51 +1257,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Praca domowa (projekt)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM2_U14, KMiBM2_U15, KMiBM2_U16</w:t>
+        <w:t xml:space="preserve">KMiBM2_U16, KMiBM2_U14, KMiBM2_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>