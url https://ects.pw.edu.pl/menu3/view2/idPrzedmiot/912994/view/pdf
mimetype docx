--- v1 (2026-01-13)
+++ v2 (2026-01-13)
@@ -897,87 +897,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">KMiBM2_W07, KMiBM2_W10, KMiBM2_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-MZP-0194_W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Znajomość podstawowych sposobów zmechanizowanej segregacji materiałów odpadowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">KMiBM2_W06, KMiBM2_W07, KMiBM2_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-MZP-0194_W04: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-MZP-0194_W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Znajomość podstawowych sposobów zmechanizowanej segregacji materiałów odpadowych.</w:t>
+        <w:t xml:space="preserve">Znajomość istotnych aspektów technicznych związanych z demontażem złożonych maszyn i urządzeń ukierunkowanym na recykling odzyskanych materiałów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -996,128 +1066,128 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-MZP-0194_W05: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-MZP-0194_W06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Znajomość istotnych aspektów technicznych związanych z demontażem złożonych maszyn i urządzeń ukierunkowanym na recykling odzyskanych materiałów.</w:t>
+        <w:t xml:space="preserve">Znajomość zasad selektywnej zbiórki odpadów oraz gospodarki odpadami komunalnymi.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM2_W06, KMiBM2_W07, KMiBM2_W10</w:t>
+        <w:t xml:space="preserve">KMiBM2_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-MZP-0194_W06: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-MZP-0194_W07: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Znajomość zasad selektywnej zbiórki odpadów oraz gospodarki odpadami komunalnymi.</w:t>
+        <w:t xml:space="preserve">Znajomość zasad eko-bilansu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1128,180 +1198,110 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">KMiBM2_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-MZP-0194_W07: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-MZP-0194_K_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Znajomość zasad eko-bilansu.</w:t>
+        <w:t xml:space="preserve">Umiejętność zastosowania w praktyce zasad eko-bilansu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium</w:t>
+        <w:t xml:space="preserve">Praca domowa (projekt)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM2_W10</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">KMiBM2_U16, KMiBM2_U14, KMiBM2_U15</w:t>
+        <w:t xml:space="preserve">KMiBM2_U14, KMiBM2_U15, KMiBM2_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>