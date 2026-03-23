--- v2 (2026-01-13)
+++ v3 (2026-03-23)
@@ -827,121 +827,121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">KMiBM2_W10, KMiBM2_W06, KMiBM2_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-MZP-0194_W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Znajomość technologii recyklingu oraz form wtórnego zagospodarowania podstawowych materiałów stosowanych w budowie pojazdów i maszyn roboczych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">KMiBM2_W06, KMiBM2_W07, KMiBM2_W10</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">KMiBM2_W07, KMiBM2_W10, KMiBM2_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>