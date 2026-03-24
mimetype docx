--- v0 (2026-01-13)
+++ v1 (2026-03-24)
@@ -851,121 +851,121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, sprawdzian ustny/pisemny przed dopuszczeniem do wykonywania ćwiczeń. Ocena sprawozdania z ćwiczenia laboratoryjnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">KMchtr_U18, KMchtr_U09, KMchtr_U14, KMchtr_U15, KMChtr_U16, KMchtr_U17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MT000-IZP-0203_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zastosuje zasady doboru przyrządów i metody pomiarowej. Umie zaplanować eksperyment badawczy i odnieść jego wyniki do teorii, a także opracować i przedstawić wyniki eksperymentów. Umie pracować indywidualnie i w zespole przy prowadzeniu badan i opracowywaniu sprawozdania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian ustny/pisemny przed dopuszczeniem do wykonywania ćwiczeń. Ocena sprawozdania z ćwiczenia laboratoryjnego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">KMchtr_U09, KMchtr_U14, KMchtr_U15, KMChtr_U16, KMchtr_U17, KMchtr_U18</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">KMchtr_U15, KMChtr_U16, KMchtr_U17, KMchtr_U18, KMchtr_U09, KMchtr_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>