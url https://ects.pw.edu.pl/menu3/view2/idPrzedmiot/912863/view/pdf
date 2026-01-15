--- v0 (2026-01-13)
+++ v1 (2026-01-15)
@@ -922,51 +922,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny i ustny, rozmowa dopuszczająca do wykonania ćwiczenia laboratoryjnego, Sprawozdanie z ćwiczenia laboratoryjnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMchtr_W02, KMchtr_W03, KMchtr_W04, KMchtr_W05, KMchtr_W09, KMchtr_W11, KMchtr_W17</w:t>
+        <w:t xml:space="preserve">KMchtr_W03, KMchtr_W04, KMchtr_W05, KMchtr_W09, KMchtr_W11, KMchtr_W17, KMchtr_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1072,51 +1072,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny i ustny, rozmowa dopuszczająca do wykonania ćwiczenia laboratoryjnego, Sprawozdanie z ćwiczenia laboratoryjnego; obserwacja sposobu wykonywania ćwiczenia laboratoryjnego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMchtr_U09, KMchtr_U12, KMchtr_U13, KMchtr_U01, KMchtr_U02, KMchtr_U06, KMchtr_U07</w:t>
+        <w:t xml:space="preserve">KMchtr_U01, KMchtr_U02, KMchtr_U06, KMchtr_U07, KMchtr_U09, KMchtr_U12, KMchtr_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1282,51 +1282,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny i ustny, rozmowa dopuszczająca do wykonania ćwiczenia laboratoryjnego, Sprawozdanie z ćwiczenia laboratoryjnego; obserwacja sposobu wykonywania ćwiczenia laboratoryjnego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMchtr_U07, KMchtr_U09, KMchtr_U12, KMchtr_U13, KMchtr_U01, KMchtr_U02, KMchtr_U06</w:t>
+        <w:t xml:space="preserve">KMchtr_U01, KMchtr_U02, KMchtr_U06, KMchtr_U07, KMchtr_U09, KMchtr_U12, KMchtr_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>