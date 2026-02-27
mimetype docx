--- v1 (2026-01-15)
+++ v2 (2026-02-27)
@@ -922,51 +922,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny i ustny, rozmowa dopuszczająca do wykonania ćwiczenia laboratoryjnego, Sprawozdanie z ćwiczenia laboratoryjnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMchtr_W03, KMchtr_W04, KMchtr_W05, KMchtr_W09, KMchtr_W11, KMchtr_W17, KMchtr_W02</w:t>
+        <w:t xml:space="preserve">KMchtr_W02, KMchtr_W03, KMchtr_W04, KMchtr_W05, KMchtr_W09, KMchtr_W11, KMchtr_W17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1352,51 +1352,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny i ustny, rozmowa dopuszczająca do wykonania ćwiczenia laboratoryjnego, Sprawozdanie z ćwiczenia laboratoryjnego; obserwacja sposobu wykonywania ćwiczenia laboratoryjnego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMchtr_U01, KMchtr_U02, KMchtr_U06, KMchtr_U07, KMchtr_U09, KMchtr_U12, KMchtr_U13</w:t>
+        <w:t xml:space="preserve">KMchtr_U13, KMchtr_U01, KMchtr_U02, KMchtr_U06, KMchtr_U07, KMchtr_U09, KMchtr_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>