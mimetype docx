--- v2 (2026-02-27)
+++ v3 (2026-03-23)
@@ -992,51 +992,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny i ustny, rozmowa dopuszczająca do wykonania ćwiczenia laboratoryjnego, Sprawozdanie z ćwiczenia laboratoryjnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMchtr_W02, KMchtr_W03, KMchtr_W04, KMchtr_W05, KMchtr_W09, KMchtr_W12, KMchtr_W17</w:t>
+        <w:t xml:space="preserve">KMchtr_W17, KMchtr_W02, KMchtr_W03, KMchtr_W04, KMchtr_W05, KMchtr_W09, KMchtr_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -1352,51 +1352,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny i ustny, rozmowa dopuszczająca do wykonania ćwiczenia laboratoryjnego, Sprawozdanie z ćwiczenia laboratoryjnego; obserwacja sposobu wykonywania ćwiczenia laboratoryjnego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMchtr_U13, KMchtr_U01, KMchtr_U02, KMchtr_U06, KMchtr_U07, KMchtr_U09, KMchtr_U12</w:t>
+        <w:t xml:space="preserve">KMchtr_U01, KMchtr_U02, KMchtr_U06, KMchtr_U07, KMchtr_U09, KMchtr_U12, KMchtr_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>