--- v0 (2026-01-12)
+++ v1 (2026-02-28)
@@ -757,51 +757,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian przed dopuszczeniem do wykonywania ćwiczeń, ocena sprawozdań.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMchtr_W15, KMchtr_W02</w:t>
+        <w:t xml:space="preserve">KMchtr_W02, KMchtr_W15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -977,51 +977,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena wykonywania zadań w trakcie realizacji ćwiczeń i ocena sprawozdania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMchtr_U08, KMchtr_U11, KMchtr_U12</w:t>
+        <w:t xml:space="preserve">KMchtr_U12, KMchtr_U08, KMchtr_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>