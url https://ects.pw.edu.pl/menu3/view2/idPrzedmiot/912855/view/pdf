--- v0 (2026-01-08)
+++ v1 (2026-03-27)
@@ -1041,87 +1041,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">KMchtr_W05, KMchtr_W06, KMchtr_W01, KMchtr_W04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MT000-IZP-0211_W6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podział i zasady działania różnych typów sprzęgieł, hamulców klockowych, szczękowych taśmowych i tarczowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">KMchtr_W01, KMchtr_W04, KMchtr_W05, KMchtr_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MT000-IZP-0211_W6: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MT000-IZP-0211_W7: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podział i zasady działania różnych typów sprzęgieł, hamulców klockowych, szczękowych taśmowych i tarczowych.</w:t>
+        <w:t xml:space="preserve">Zna podstawowe pojęcia z zakresu kinematyki przekładni zębatych, łańcuchowych, pasowych i ciernych..</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1132,180 +1202,110 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">KMchtr_W01, KMchtr_W04, KMchtr_W05, KMchtr_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka 1150-MT000-IZP-0211_W7: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0211_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawowe pojęcia z zakresu kinematyki przekładni zębatych, łańcuchowych, pasowych i ciernych..</w:t>
+        <w:t xml:space="preserve">Potrafi uzasadnić kształt sprężyn metalowych. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMchtr_W01, KMchtr_W04, KMchtr_W05, KMchtr_W06</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">KMchtr_U07, KMchtr_U09, KMchtr_U10, KMChtr_U16</w:t>
+        <w:t xml:space="preserve">KMChtr_U16, KMchtr_U07, KMchtr_U09, KMchtr_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>