--- v0 (2026-01-11)
+++ v1 (2026-02-07)
@@ -1198,51 +1198,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_U18, KMiBM_U03, KMiBM_U15, KMiBM_U16</w:t>
+        <w:t xml:space="preserve">KMiBM_U16, KMiBM_U18, KMiBM_U03, KMiBM_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>