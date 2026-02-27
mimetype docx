--- v1 (2026-02-07)
+++ v2 (2026-02-27)
@@ -1058,191 +1058,191 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_U03, KMiBM_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150- MBKCI-IZP-0321_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi przeprowadzić podstawowe analizy wytrzymałościowe dla płyt i belek laminowanych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">KMiBM_U01, KMiBM_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150- MBKCI-IZP-0321_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150- MBKCI-IZP-0321_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi przeprowadzić podstawowe analizy wytrzymałościowe dla płyt i belek laminowanych.</w:t>
+        <w:t xml:space="preserve">Student potrafi zbadać wpływem anizotropii na postacie własne, częstotliwości drgań własnych i siły krytyczne. Potrafi zastosować odpowiednie metody pomiarowe adekwatne do postawionego zadania. Potrafi dokonać selekcji przydatnych informacji o badanym obiekcie dla realizacji określonego zadania. Umie porównać wyniki uzyskane eksperymentalnie z wynikami teoretycznymi.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_U01, KMiBM_U03</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">KMiBM_U16, KMiBM_U18, KMiBM_U03, KMiBM_U15</w:t>
+        <w:t xml:space="preserve">KMiBM_U03, KMiBM_U15, KMiBM_U16, KMiBM_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>