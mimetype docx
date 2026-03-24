--- v2 (2026-02-27)
+++ v3 (2026-03-24)
@@ -978,51 +978,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W04, KMiBM_W06</w:t>
+        <w:t xml:space="preserve">KMiBM_W06, KMiBM_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -1058,51 +1058,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_U03, KMiBM_U01</w:t>
+        <w:t xml:space="preserve">KMiBM_U01, KMiBM_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>