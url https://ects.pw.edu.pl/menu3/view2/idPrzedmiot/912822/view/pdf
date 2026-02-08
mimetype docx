--- v0 (2026-01-13)
+++ v1 (2026-02-08)
@@ -848,51 +848,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, ustny sprawdzian przed dopuszczeniem do wykonywania ćwiczeń, ocena sprawozdań.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W20, KMiBM_W17, KMiBM_W18, KMiBM_W19</w:t>
+        <w:t xml:space="preserve">KMiBM_W17, KMiBM_W18, KMiBM_W19, KMiBM_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1208,51 +1208,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, ustny sprawdzian przed dopuszczeniem do wykonywania ćwiczeń, ocena sprawozdań.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_U15, KMiBM_U16, KMiBM_U17, KMiBM_U18</w:t>
+        <w:t xml:space="preserve">KMiBM_U18, KMiBM_U15, KMiBM_U16, KMiBM_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>