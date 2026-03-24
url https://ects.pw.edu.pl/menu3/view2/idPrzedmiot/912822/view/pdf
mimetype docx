--- v1 (2026-02-08)
+++ v2 (2026-03-24)
@@ -988,271 +988,271 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_W19, KMiBM_W20, KMiBM_W17, KMiBM_W18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MBPOJ-IZP-0321_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasady określania i wyznaczania obciążeń projektowych i ich efektów, niezbędnych do projektowania układów napędowych pojazdów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin, ustny sprawdzian przed dopuszczeniem do wykonywania ćwiczeń, ocena sprawozdań</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">KMiBM_W17, KMiBM_W18, KMiBM_W19, KMiBM_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka 1150-MBPOJ-IZP-0321_W5: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MBPOJ-IZP-0321_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna zasady określania i wyznaczania obciążeń projektowych i ich efektów, niezbędnych do projektowania układów napędowych pojazdów.</w:t>
+        <w:t xml:space="preserve">Potrafi przeprowadzić podstawowe obliczenia zespołów układu napędowego i sformułować stosowne kryteria projektowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin, ustny sprawdzian przed dopuszczeniem do wykonywania ćwiczeń, ocena sprawozdań</w:t>
+        <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W17, KMiBM_W18, KMiBM_W19, KMiBM_W20</w:t>
+        <w:t xml:space="preserve">KMiBM_U15, KMiBM_U16, KMiBM_U17, KMiBM_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka 1150-MBPOJ-IZP-0321_U1: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MBPOJ-IZP-0321_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi przeprowadzić podstawowe obliczenia zespołów układu napędowego i sformułować stosowne kryteria projektowe.</w:t>
+        <w:t xml:space="preserve">Potrafi wyznaczyć obciążenia projektowe dla podstawowych zespołów układu napędowego pojazdu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin</w:t>
+        <w:t xml:space="preserve">Egzamin, ustny sprawdzian przed dopuszczeniem do wykonywania ćwiczeń, ocena sprawozdań.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">KMiBM_U15, KMiBM_U16, KMiBM_U17, KMiBM_U18</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">KMiBM_U18, KMiBM_U15, KMiBM_U16, KMiBM_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>