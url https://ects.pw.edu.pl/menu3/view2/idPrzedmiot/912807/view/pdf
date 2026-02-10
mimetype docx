--- v0 (2026-01-12)
+++ v1 (2026-02-10)
@@ -832,411 +832,411 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, ustny sprawdzian przed dopuszczeniem do wykonywania ćwiczeń, ocena wykonywania zadań w trakcie realizacji ćwiczeń</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_W20, KMiBM_W17, KMiBM_W18, KMiBM_W19</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MBMPO-IZP-0321_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawowe metody powierzchniowego i bryłowego modelowania geometrycznego konstrukcji inżynierskich</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin, ustny sprawdzian przed dopuszczeniem do wykonywania ćwiczeń, ocena wykonywania zadań w trakcie realizacji ćwiczeń</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">KMiBM_W17, KMiBM_W18, KMiBM_W19, KMiBM_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MBMPO-IZP-0321_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MBMPO-IZP-0321_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawowe metody powierzchniowego i bryłowego modelowania geometrycznego konstrukcji inżynierskich</w:t>
+        <w:t xml:space="preserve">Posiada wiedzę o inżynierskich systemach komputerowych wykorzystywanych do rozmieszczenia w nadwoziu komponentów pojazdu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_W17, KMiBM_W18, KMiBM_W19, KMiBM_W20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MBMPO-IZP-0321_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada wiedzę o inżynierskich systemach komputerowych wykorzystywanych do oszacowania obciążeń nadwozi pojazdów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Egzamin, ustny sprawdzian przed dopuszczeniem do wykonywania ćwiczeń, ocena wykonywania zadań w trakcie realizacji ćwiczeń</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">KMiBM_W17, KMiBM_W18, KMiBM_W19, KMiBM_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka 1150-MBMPO-IZP-0321_W4: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MBMPO-IZP-0321_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę o inżynierskich systemach komputerowych wykorzystywanych do rozmieszczenia w nadwoziu komponentów pojazdu.</w:t>
+        <w:t xml:space="preserve">Potrafi sformułować stosowne kryteria projektowe dla danego etapu projektowania nadwozia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W17, KMiBM_W18, KMiBM_W19, KMiBM_W20</w:t>
+        <w:t xml:space="preserve">KMiBM_U15, KMiBM_U16, KMiBM_U17, KMiBM_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MBMPO-IZP-0321_W5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MBMPO-IZP-0321_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę o inżynierskich systemach komputerowych wykorzystywanych do oszacowania obciążeń nadwozi pojazdów.</w:t>
+        <w:t xml:space="preserve">Potrafi wyznaczyć obciążenia projektowe dla węzłów konstrukcyjnych nadwozia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, ustny sprawdzian przed dopuszczeniem do wykonywania ćwiczeń, ocena wykonywania zadań w trakcie realizacji ćwiczeń</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W17, KMiBM_W18, KMiBM_W19, KMiBM_W20</w:t>
-[...78 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">KMiBM_U15, KMiBM_U16, KMiBM_U17, KMiBM_U18</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">KMiBM_U16, KMiBM_U17, KMiBM_U18, KMiBM_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>