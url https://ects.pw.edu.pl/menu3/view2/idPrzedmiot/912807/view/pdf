--- v1 (2026-02-10)
+++ v2 (2026-03-24)
@@ -832,121 +832,121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, ustny sprawdzian przed dopuszczeniem do wykonywania ćwiczeń, ocena wykonywania zadań w trakcie realizacji ćwiczeń</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_W17, KMiBM_W18, KMiBM_W19, KMiBM_W20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MBMPO-IZP-0321_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawowe metody powierzchniowego i bryłowego modelowania geometrycznego konstrukcji inżynierskich</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin, ustny sprawdzian przed dopuszczeniem do wykonywania ćwiczeń, ocena wykonywania zadań w trakcie realizacji ćwiczeń</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">KMiBM_W20, KMiBM_W17, KMiBM_W18, KMiBM_W19</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">KMiBM_W17, KMiBM_W18, KMiBM_W19, KMiBM_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>