--- v1 (2026-01-15)
+++ v2 (2026-02-09)
@@ -1403,51 +1403,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, ocena opracowania projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_U15, KMiBM_U16, KMiBM_U17, KMiBM_U18</w:t>
+        <w:t xml:space="preserve">KMiBM_U17, KMiBM_U18, KMiBM_U15, KMiBM_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>