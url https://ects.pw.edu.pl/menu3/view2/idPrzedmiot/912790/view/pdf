--- v2 (2026-02-09)
+++ v3 (2026-03-24)
@@ -763,51 +763,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W07, KMiBM_W08</w:t>
+        <w:t xml:space="preserve">KMiBM_W08, KMiBM_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1403,51 +1403,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, ocena opracowania projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_U17, KMiBM_U18, KMiBM_U15, KMiBM_U16</w:t>
+        <w:t xml:space="preserve">KMiBM_U15, KMiBM_U16, KMiBM_U17, KMiBM_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>