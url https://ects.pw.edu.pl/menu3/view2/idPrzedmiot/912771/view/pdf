--- v0 (2026-01-11)
+++ v1 (2026-03-25)
@@ -988,51 +988,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W18, KMiBM_W01</w:t>
+        <w:t xml:space="preserve">KMiBM_W01, KMiBM_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1138,51 +1138,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena wykonywania zadań przez studenta w trakcie ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_U01, KMiBM_U13, KMiBM_U16, KMiBM_U19, KMiBM_U21, KMiBM_U24</w:t>
+        <w:t xml:space="preserve">KMiBM_U13, KMiBM_U16, KMiBM_U19, KMiBM_U21, KMiBM_U24, KMiBM_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>