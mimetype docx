--- v0 (2026-01-12)
+++ v1 (2026-02-07)
@@ -1114,261 +1114,261 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_U01, KMiBM_U02, KMiBM_U03, KMiBM_U16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0309_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi przeprowadzić statyczną analizę stanu wytężenia i deformacji prostej struktury belkowej z wykorzystaniem MES.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_U01, KMiBM_U02, KMiBM_U03, KMiBM_U16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0309_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi przeprowadzić statyczną analizę stanu wytężenia i deformacji prostej struktury powłokowej z wykorzystaniem MES.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_U01, KMiBM_U02, KMiBM_U03, KMiBM_U16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0309_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi przeprowadzić statyczną analizę stanu wytężenia i deformacji prostej struktury bryłowej z wykorzystaniem MES.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">KMiBM_U16, KMiBM_U01, KMiBM_U02, KMiBM_U03</w:t>
-      </w:r>
-[...208 lines deleted...]
-        <w:t xml:space="preserve">KMiBM_U01, KMiBM_U02, KMiBM_U03, KMiBM_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>