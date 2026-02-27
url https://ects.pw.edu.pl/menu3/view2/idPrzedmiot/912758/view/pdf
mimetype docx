--- v1 (2026-02-07)
+++ v2 (2026-02-27)
@@ -1034,51 +1034,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W05, KMiBM_W18</w:t>
+        <w:t xml:space="preserve">KMiBM_W18, KMiBM_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -1324,51 +1324,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_U16, KMiBM_U01, KMiBM_U02, KMiBM_U03</w:t>
+        <w:t xml:space="preserve">KMiBM_U01, KMiBM_U02, KMiBM_U03, KMiBM_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>