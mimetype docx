--- v0 (2026-01-12)
+++ v1 (2026-02-07)
@@ -784,51 +784,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny i ustny, rozmowa dopuszczająca do wykonania ćwiczenia laboratoryjnego, sprawozdanie z ćwiczenia laboratoryjnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W13, KMiBM_W15, KMiBM_W16, KMiBM_W21, KMiBM_W12</w:t>
+        <w:t xml:space="preserve">KMiBM_W12, KMiBM_W13, KMiBM_W15, KMiBM_W16, KMiBM_W21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1074,121 +1074,121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny i ustny, rozmowa dopuszczająca do wykonania ćwiczenia laboratoryjnego, sprawozdanie z ćwiczenia laboratoryjnego; obserwacja sposobu wykonywania ćwiczenia laboratoryjnego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_U20, KMiBM_U07, KMiBM_U09, KMiBM_U10, KMiBM_U13, KMiBM_U19</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0301_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zastosować kryteria doboru komponentów napędu elektrycznego, wynikających z analizy charakteru obciążenia i warunków pracy napędu elektrycznego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin pisemny i ustny, rozmowa dopuszczająca do wykonania ćwiczenia laboratoryjnego, sprawozdanie z ćwiczenia laboratoryjnego; obserwacja sposobu wykonywania ćwiczenia laboratoryjnego</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">KMiBM_U07, KMiBM_U09, KMiBM_U10, KMiBM_U13, KMiBM_U19, KMiBM_U20</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">KMiBM_U13, KMiBM_U19, KMiBM_U20, KMiBM_U07, KMiBM_U09, KMiBM_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>