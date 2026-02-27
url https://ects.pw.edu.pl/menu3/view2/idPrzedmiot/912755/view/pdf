--- v1 (2026-02-07)
+++ v2 (2026-02-27)
@@ -854,51 +854,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny i ustny, rozmowa dopuszczająca do wykonania ćwiczenia laboratoryjnego, sprawozdanie z ćwiczenia laboratoryjnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W12, KMiBM_W13, KMiBM_W15, KMiBM_W16, KMiBM_W23</w:t>
+        <w:t xml:space="preserve">KMiBM_W15, KMiBM_W16, KMiBM_W23, KMiBM_W12, KMiBM_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1074,51 +1074,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny i ustny, rozmowa dopuszczająca do wykonania ćwiczenia laboratoryjnego, sprawozdanie z ćwiczenia laboratoryjnego; obserwacja sposobu wykonywania ćwiczenia laboratoryjnego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_U20, KMiBM_U07, KMiBM_U09, KMiBM_U10, KMiBM_U13, KMiBM_U19</w:t>
+        <w:t xml:space="preserve">KMiBM_U07, KMiBM_U09, KMiBM_U10, KMiBM_U13, KMiBM_U19, KMiBM_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1214,51 +1214,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny i ustny, rozmowa dopuszczająca do wykonania ćwiczenia laboratoryjnego, Sprawozdanie z ćwiczenia laboratoryjnego; obserwacja sposobu wykonywania ćwiczenia laboratoryjnego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_U07, KMiBM_U09, KMiBM_U10, KMiBM_U13, KMiBM_U19, KMiBM_U20</w:t>
+        <w:t xml:space="preserve">KMiBM_U13, KMiBM_U19, KMiBM_U20, KMiBM_U07, KMiBM_U09, KMiBM_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>