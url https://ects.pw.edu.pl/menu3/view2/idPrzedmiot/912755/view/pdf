--- v2 (2026-02-27)
+++ v3 (2026-03-24)
@@ -854,51 +854,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny i ustny, rozmowa dopuszczająca do wykonania ćwiczenia laboratoryjnego, sprawozdanie z ćwiczenia laboratoryjnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W15, KMiBM_W16, KMiBM_W23, KMiBM_W12, KMiBM_W13</w:t>
+        <w:t xml:space="preserve">KMiBM_W12, KMiBM_W13, KMiBM_W15, KMiBM_W16, KMiBM_W23</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1074,261 +1074,261 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny i ustny, rozmowa dopuszczająca do wykonania ćwiczenia laboratoryjnego, sprawozdanie z ćwiczenia laboratoryjnego; obserwacja sposobu wykonywania ćwiczenia laboratoryjnego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_U09, KMiBM_U10, KMiBM_U13, KMiBM_U19, KMiBM_U20, KMiBM_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0301_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zastosować kryteria doboru komponentów napędu elektrycznego, wynikających z analizy charakteru obciążenia i warunków pracy napędu elektrycznego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin pisemny i ustny, rozmowa dopuszczająca do wykonania ćwiczenia laboratoryjnego, sprawozdanie z ćwiczenia laboratoryjnego; obserwacja sposobu wykonywania ćwiczenia laboratoryjnego</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">KMiBM_U07, KMiBM_U09, KMiBM_U10, KMiBM_U13, KMiBM_U19, KMiBM_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0301_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0301_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi zastosować kryteria doboru komponentów napędu elektrycznego, wynikających z analizy charakteru obciążenia i warunków pracy napędu elektrycznego.</w:t>
+        <w:t xml:space="preserve">Potrafi określić i wyznaczyć obciążenia trakcyjne i robocze i ich efekty, niezbędne do projektowania napędu elektrycznego.	</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin pisemny i ustny, rozmowa dopuszczająca do wykonania ćwiczenia laboratoryjnego, sprawozdanie z ćwiczenia laboratoryjnego; obserwacja sposobu wykonywania ćwiczenia laboratoryjnego</w:t>
+        <w:t xml:space="preserve">Egzamin pisemny i ustny, rozmowa dopuszczająca do wykonania ćwiczenia laboratoryjnego, Sprawozdanie z ćwiczenia laboratoryjnego; obserwacja sposobu wykonywania ćwiczenia laboratoryjnego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">KMiBM_U07, KMiBM_U09, KMiBM_U10, KMiBM_U13, KMiBM_U19, KMiBM_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0301_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0301_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi określić i wyznaczyć obciążenia trakcyjne i robocze i ich efekty, niezbędne do projektowania napędu elektrycznego.	</w:t>
+        <w:t xml:space="preserve">Potrafi wytypować szczególnie obciążone w danych warunkach komponenty napędu elektrycznego i dobrać odpowiednią technologię komponentów z uwzględnieniem ich szacunkowych kosztów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny i ustny, rozmowa dopuszczająca do wykonania ćwiczenia laboratoryjnego, Sprawozdanie z ćwiczenia laboratoryjnego; obserwacja sposobu wykonywania ćwiczenia laboratoryjnego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_U13, KMiBM_U19, KMiBM_U20, KMiBM_U07, KMiBM_U09, KMiBM_U10</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">KMiBM_U07, KMiBM_U09, KMiBM_U10, KMiBM_U13, KMiBM_U19, KMiBM_U20</w:t>
+        <w:t xml:space="preserve">KMiBM_U19, KMiBM_U20, KMiBM_U07, KMiBM_U09, KMiBM_U10, KMiBM_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>