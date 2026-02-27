--- v1 (2026-01-14)
+++ v2 (2026-02-27)
@@ -815,51 +815,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, sprawdziany pisemne na ćwiczeniach, ocena prac domowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W01, KMiBM_W03</w:t>
+        <w:t xml:space="preserve">KMiBM_W03, KMiBM_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>