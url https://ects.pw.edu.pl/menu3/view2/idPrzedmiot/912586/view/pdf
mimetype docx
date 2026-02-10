--- v0 (2026-01-13)
+++ v1 (2026-02-10)
@@ -1005,51 +1005,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.4.o, I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.2.o, III.P7S_UW.3.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.2.o, III.P7S_UW.3.o, III.P7S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi opracować model napędu hydrostatycznego w środowisku programistycznym oraz dobrać parametry tego modelu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>