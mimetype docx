--- v0 (2026-01-12)
+++ v1 (2026-02-10)
@@ -850,51 +850,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wynik kolokwium pisemnego i sprawdzianów pisemnych lub ustnych w trakcie zajęć projektowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W06, K_W10, K_W05</w:t>
+        <w:t xml:space="preserve">K_W05, K_W06, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -920,51 +920,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wynik kolokwium pisemnego i sprawdzianów pisemnych lub ustnych w trakcie zajęć projektowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W10, K_W11, K_W12, K_W13, K_W14, K_W15</w:t>
+        <w:t xml:space="preserve">K_W12, K_W13, K_W14, K_W15, K_W10, K_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -1070,67 +1070,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena sprawozdań i wyniki ze sprawdzianu pisemnego podczas zajęć projektowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U09, K_U10, K_U11, K_U12, K_U13, K_U08</w:t>
+        <w:t xml:space="preserve">K_U10, K_U11, K_U12, K_U13, K_U08, K_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.2.o, III.P7S_UW.3.o, III.P7S_UW.4.o, I.P7S_UW, III.P7S_UW.1.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.1.o, III.P7S_UW.2.o, III.P7S_UW.3.o, III.P7S_UW.4.o, I.P7S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_K01: </w:t>
       </w:r>
     </w:p>