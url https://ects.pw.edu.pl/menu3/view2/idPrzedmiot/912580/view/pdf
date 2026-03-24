--- v1 (2026-02-10)
+++ v2 (2026-03-24)
@@ -920,51 +920,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wynik kolokwium pisemnego i sprawdzianów pisemnych lub ustnych w trakcie zajęć projektowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W12, K_W13, K_W14, K_W15, K_W10, K_W11</w:t>
+        <w:t xml:space="preserve">K_W14, K_W15, K_W10, K_W11, K_W12, K_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -1086,51 +1086,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U10, K_U11, K_U12, K_U13, K_U08, K_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.1.o, III.P7S_UW.2.o, III.P7S_UW.3.o, III.P7S_UW.4.o, I.P7S_UW</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.3.o, III.P7S_UW.4.o, I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_K01: </w:t>
       </w:r>
     </w:p>