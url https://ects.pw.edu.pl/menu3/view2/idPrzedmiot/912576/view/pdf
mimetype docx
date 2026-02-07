--- v1 (2026-01-13)
+++ v2 (2026-02-07)
@@ -1123,67 +1123,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U06, K_U08</w:t>
+        <w:t xml:space="preserve">K_U08, K_U01, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UU, III.P7S_UW.1.o, III.P7S_UW.2.o, III.P7S_UW.3.o, III.P7S_UW.4.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.3.o, III.P7S_UW.4.o, I.P7S_UW, I.P7S_UU, III.P7S_UW.1.o, III.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie wykorzystać zasadę d'Alemberta oraz Gaussa w postawieniu i rozwiązaniu zadania dynamiki. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1349,51 +1349,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.4.o, I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.2.o, III.P7S_UW.3.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.2.o, III.P7S_UW.3.o, III.P7S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_K01: </w:t>
       </w:r>
     </w:p>