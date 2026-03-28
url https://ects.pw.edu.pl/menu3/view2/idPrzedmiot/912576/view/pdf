--- v2 (2026-02-07)
+++ v3 (2026-03-28)
@@ -1139,51 +1139,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U08, K_U01, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.3.o, III.P7S_UW.4.o, I.P7S_UW, I.P7S_UU, III.P7S_UW.1.o, III.P7S_UW.2.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.1.o, III.P7S_UW.2.o, III.P7S_UW.3.o, III.P7S_UW.4.o, I.P7S_UW, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie wykorzystać zasadę d'Alemberta oraz Gaussa w postawieniu i rozwiązaniu zadania dynamiki. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>