--- v1 (2026-02-28)
+++ v2 (2026-03-24)
@@ -760,51 +760,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena sprawozdania z przebiegu praktyk.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMChtr_W17, KMchtr_W20, KMchtr_W21</w:t>
+        <w:t xml:space="preserve">KMchtr_W20, KMchtr_W21, KMChtr_W17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -843,51 +843,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena sprawozdania z przebiegu praktyk</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMchtr_U24, KMchtr_U19, KMchtr_U21, KMchtr_U22, KMchtr_U23</w:t>
+        <w:t xml:space="preserve">KMchtr_U19, KMchtr_U21, KMchtr_U22, KMchtr_U23, KMchtr_U24</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>