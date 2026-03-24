--- v0 (2026-01-13)
+++ v1 (2026-03-24)
@@ -1071,51 +1071,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test sprawdzający na wykładzie
 Testy sprawdzające przygotowanie do zajęć i stopień przyswojenia wiadomości z poprzednich ćwiczeń.
 Ocena jakości napisanego oprogramowania.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMchtr_U10, KMchtr_U12, KMChtr_U16, KMchtr_U21</w:t>
+        <w:t xml:space="preserve">KMchtr_U12, KMChtr_U16, KMchtr_U21, KMchtr_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>