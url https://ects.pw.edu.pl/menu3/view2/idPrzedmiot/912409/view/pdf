--- v0 (2026-01-13)
+++ v1 (2026-01-14)
@@ -1003,551 +1003,551 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin. Sprawdzian ustny/pisemny przed ćwiczeniem, ocena sprawozdania z ćwiczenia lab.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">KMchtr_W18, KMchtr_W19, KMchtr_W20, KMChtr_W17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MT000-ISP-0304_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi określić charakterystyki komponentów, niezbędne dla analizowanego kryterium projektowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin. Sprawdzian ustny/pisemny przed ćwiczeniem, ocena sprawozdania z ćwiczenia lab.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">KMChtr_W17, KMchtr_W18, KMchtr_W19, KMchtr_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka 1150-MT000-ISP-0304_W5: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MT000-ISP-0304_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Posiada wiedzę i umiejętności dotyczące kryteriów doboru komponentów stosowanych w napędach hydraulicznych i pneumatycznych, wynikających z analizy ich możliwych zastosowania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">KMchtr_U07, KMchtr_U11, KMchtr_U18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MT000-ISP-0304_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasady określania i wyznaczania obciążeń eksploatacyjnych i ich efektów, niezbędnych do właściwego doboru komponentów układów hydraulicznych i pneumatycznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin. Sprawdzian ustny/pisemny przed ćwiczeniem, ocena sprawozdania z ćwiczenia lab.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">KMchtr_U01, KMchtr_U08, KMchtr_U11, KMchtr_U15, KMchtr_U18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MT000-ISP-0304_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi przewidzieć zagrożenia uszkodzeń układu hydraulicznego, wyznaczyć miejsca krytyczne i sformułować stosowne kryteria naprawcze układu hydraulicznego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">KMchtr_U09, KMchtr_U18, KMchtr_U19</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MT000-ISP-0304_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wyznaczyć obciążenia poszczególnych elementów układu hydraulicznego, wymagane dla rozważanego sposobu ich pracy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin. Ocena sprawozdania z ćwiczenia lab.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">KMchtr_U11, KMchtr_U12, KMchtr_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MT000-ISP-0304_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi przeprowadzić analizy wymagane do udowodnienia rozważanych kryteriów projektowych układu hydraulicznego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin. Ocena sprawozdania z ćwiczenia lab.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">KMchtr_U02, KMchtr_U07, KMchtr_U11, KMchtr_U17, KMchtr_U19</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MT000-ISP-0304_U6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Potrafi określić charakterystyki komponentów, niezbędne dla analizowanego kryterium projektowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin. Sprawdzian ustny/pisemny przed ćwiczeniem, ocena sprawozdania z ćwiczenia lab.</w:t>
+        <w:t xml:space="preserve">Egzamin. Ocena sprawozdania z ćwiczenia lab.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMChtr_W17, KMchtr_W18, KMchtr_W19, KMchtr_W20</w:t>
-[...429 lines deleted...]
-        <w:t xml:space="preserve">KMchtr_U12, KMChtr_U16, KMchtr_U17</w:t>
+        <w:t xml:space="preserve">KMchtr_U17, KMchtr_U12, KMChtr_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>