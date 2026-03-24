--- v1 (2026-01-14)
+++ v2 (2026-03-24)
@@ -863,691 +863,691 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">KMchtr_W20, KMChtr_W17, KMchtr_W18, KMchtr_W19</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MT000-ISP-0304_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wyznaczyć obciążenia poszczególnych elementów układu hydraulicznego, wymagane dla rozważanego sposobu ich pracy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin. Sprawdzian ustny/pisemny przed ćwiczeniem, ocena sprawozdania z ćwiczenia lab.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">KMChtr_W17, KMchtr_W18, KMchtr_W19, KMchtr_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MT000-ISP-0304_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MT000-ISP-0304_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Potrafi przeprowadzić analizy wymagane do udowodnienia rozważanych kryteriów projektowych układu hydraulicznego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin. Sprawdzian ustny/pisemny przed ćwiczeniem, ocena sprawozdania z ćwiczenia lab.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">KMChtr_W17, KMchtr_W18, KMchtr_W19, KMchtr_W20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MT000-ISP-0304_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi określić charakterystyki komponentów, niezbędne dla analizowanego kryterium projektowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin. Sprawdzian ustny/pisemny przed ćwiczeniem, ocena sprawozdania z ćwiczenia lab.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">KMChtr_W17, KMchtr_W18, KMchtr_W19, KMchtr_W20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MT000-ISP-0304_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada wiedzę i umiejętności dotyczące kryteriów doboru komponentów stosowanych w napędach hydraulicznych i pneumatycznych, wynikających z analizy ich możliwych zastosowania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">KMchtr_U07, KMchtr_U11, KMchtr_U18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MT000-ISP-0304_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasady określania i wyznaczania obciążeń eksploatacyjnych i ich efektów, niezbędnych do właściwego doboru komponentów układów hydraulicznych i pneumatycznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin. Sprawdzian ustny/pisemny przed ćwiczeniem, ocena sprawozdania z ćwiczenia lab.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">KMchtr_U01, KMchtr_U08, KMchtr_U11, KMchtr_U15, KMchtr_U18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MT000-ISP-0304_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi przewidzieć zagrożenia uszkodzeń układu hydraulicznego, wyznaczyć miejsca krytyczne i sformułować stosowne kryteria naprawcze układu hydraulicznego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">KMchtr_U09, KMchtr_U18, KMchtr_U19</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MT000-ISP-0304_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Potrafi wyznaczyć obciążenia poszczególnych elementów układu hydraulicznego, wymagane dla rozważanego sposobu ich pracy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin. Sprawdzian ustny/pisemny przed ćwiczeniem, ocena sprawozdania z ćwiczenia lab.</w:t>
+        <w:t xml:space="preserve">Egzamin. Ocena sprawozdania z ćwiczenia lab.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMChtr_W17, KMchtr_W18, KMchtr_W19, KMchtr_W20</w:t>
+        <w:t xml:space="preserve">KMchtr_U11, KMchtr_U12, KMchtr_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MT000-ISP-0304_W4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MT000-ISP-0304_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przeprowadzić analizy wymagane do udowodnienia rozważanych kryteriów projektowych układu hydraulicznego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin. Sprawdzian ustny/pisemny przed ćwiczeniem, ocena sprawozdania z ćwiczenia lab.</w:t>
+        <w:t xml:space="preserve">Egzamin. Ocena sprawozdania z ćwiczenia lab.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMchtr_W18, KMchtr_W19, KMchtr_W20, KMChtr_W17</w:t>
+        <w:t xml:space="preserve">KMchtr_U07, KMchtr_U11, KMchtr_U17, KMchtr_U19, KMchtr_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MT000-ISP-0304_W5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MT000-ISP-0304_U6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi określić charakterystyki komponentów, niezbędne dla analizowanego kryterium projektowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin. Sprawdzian ustny/pisemny przed ćwiczeniem, ocena sprawozdania z ćwiczenia lab.</w:t>
+        <w:t xml:space="preserve">Egzamin. Ocena sprawozdania z ćwiczenia lab.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMChtr_W17, KMchtr_W18, KMchtr_W19, KMchtr_W20</w:t>
-[...429 lines deleted...]
-        <w:t xml:space="preserve">KMchtr_U17, KMchtr_U12, KMChtr_U16</w:t>
+        <w:t xml:space="preserve">KMchtr_U12, KMChtr_U16, KMchtr_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>