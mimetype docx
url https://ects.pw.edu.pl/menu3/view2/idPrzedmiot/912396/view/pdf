--- v0 (2026-01-13)
+++ v1 (2026-01-13)
@@ -913,771 +913,771 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, sprawdzian przed dopuszczeniem do wykonywania ćwiczeń</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">KMChtr_W03, KMchtr_W12, KMChtr_W02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-00000-ISP-0203 _ W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi narysować charakterystyki zewnętrzne dla maszyn elektrycznych pracujących w trybie prądnicowym i uzasadnić ich kształt i przebieg..</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin, sprawdzian przed dopuszczeniem do wykonywania ćwiczeń</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">KMChtr_W02, KMChtr_W03, KMchtr_W13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-00000-ISP-0203 _ W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi narysować charakterystyki mechaniczne dla maszyn elektrycznych i uzasadnić ich kształt i przebieg</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin, sprawdzian przed dopuszczeniem do wykonywania ćwiczeń</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">KMChtr_W02, KMChtr_W03, KMchtr_W12, KMchtr_W13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-00000-ISP-0203 _ W6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada wiedzę podstawową i potrafi opisać metody regulacji prędkości obrotowej maszyn prądu stałego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin, sprawdzian przed dopuszczeniem do wykonywania ćwiczeń</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">KMChtr_W02, KMChtr_W03, KMchtr_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-00000-ISP-0203 _ W4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-00000-ISP-0203 _ W7: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi narysować charakterystyki zewnętrzne dla maszyn elektrycznych pracujących w trybie prądnicowym i uzasadnić ich kształt i przebieg..</w:t>
+        <w:t xml:space="preserve">Posiada wiedzę podstawową i potrafi wyjaśnić zasadę działania podstawowych układów elektronicznych tj. prostownika, wzmacniacza i generatora</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Egzamin, sprawdzian przed dopuszczeniem do wykonywania ćwiczeń.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">KMChtr_W02, KMChtr_W03, KMchtr_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-00000-ISP-0203 _ W8: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada wiedzę podstawową w zakresie układów sprzężenia zwrotnego i ich wpływu parametry pracy wzmacniacza</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin, sprawdzian ustny/pisemny przed dopuszczeniem do wykonywania ćwiczeń</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">KMChtr_W02, KMChtr_W03, KMchtr_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-00000-ISP-0203 _ U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna i potrafi stosować zasady dotyczące budowy układu pomiarowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena wykonywania zadań w trakcie realizacji ćwiczeń laboratoryjnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">KMchtr_U01, KMchtr_U02, KMchtr_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-00000-ISP-0203 _ U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna i potrafi stosować zasady dotyczące podłączania w odpowiedni sposób mierników pozwalających na pomiar wybranych wielkości elektrycznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena wykonywania zadań w trakcie realizacji ćwiczeń laboratoryjnych, sprawdzian przed dopuszczeniem do wykonywania ćwiczeń, ocena sprawozdań.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">KMchtr_U01, KMchtr_U02, KMchtr_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-00000-ISP-0203 _ U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi dokonać obliczeń odpowiednich wielości i na tej podstawie wykreślić charakterystyki np. napięcia od prądu, momentu obrotowego od prędkości obrotowej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena wykonywania zadań w trakcie realizacji ćwiczeń laboratoryjnych, sprawdzian przed dopuszczeniem do wykonywania ćwiczeń, ocena sprawozdań.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">KMchtr_U01, KMchtr_U02, KMchtr_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-00000-ISP-0203 _ U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna i potrafi stosować zasady budowania wykresów wektorowych parametrów transformatora dla różnych trybów pracy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Egzamin, sprawdzian przed dopuszczeniem do wykonywania ćwiczeń</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMChtr_W02, KMChtr_W03, KMchtr_W13</w:t>
+        <w:t xml:space="preserve">KMchtr_U01, KMchtr_U02, KMchtr_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka 1150-00000-ISP-0203 _ W5: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-00000-ISP-0203 _ K_1 : </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi narysować charakterystyki mechaniczne dla maszyn elektrycznych i uzasadnić ich kształt i przebieg</w:t>
+        <w:t xml:space="preserve">Potrafi pracować i współdziałać w grupie przy realizacji ćwiczeń laboratoryjnych i opracowywaniu sprawozdania, przyjmując w niej różne role.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin, sprawdzian przed dopuszczeniem do wykonywania ćwiczeń</w:t>
+        <w:t xml:space="preserve">Ocena sposobu wykonywania zadań w trakcie realizacji ćwiczeń i ocena sprawozdania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMchtr_W12, KMchtr_W13, KMChtr_W02, KMChtr_W03</w:t>
-[...579 lines deleted...]
-        <w:t xml:space="preserve">KMchtr_K03, KMchtr_K04</w:t>
+        <w:t xml:space="preserve">KMchtr_K04, KMchtr_K03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>