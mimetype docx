--- v1 (2026-01-13)
+++ v2 (2026-02-28)
@@ -913,771 +913,771 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, sprawdzian przed dopuszczeniem do wykonywania ćwiczeń</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">KMChtr_W02, KMChtr_W03, KMchtr_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-00000-ISP-0203 _ W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi narysować charakterystyki zewnętrzne dla maszyn elektrycznych pracujących w trybie prądnicowym i uzasadnić ich kształt i przebieg..</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin, sprawdzian przed dopuszczeniem do wykonywania ćwiczeń</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">KMChtr_W02, KMChtr_W03, KMchtr_W13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-00000-ISP-0203 _ W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi narysować charakterystyki mechaniczne dla maszyn elektrycznych i uzasadnić ich kształt i przebieg</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin, sprawdzian przed dopuszczeniem do wykonywania ćwiczeń</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">KMChtr_W02, KMChtr_W03, KMchtr_W12, KMchtr_W13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-00000-ISP-0203 _ W6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada wiedzę podstawową i potrafi opisać metody regulacji prędkości obrotowej maszyn prądu stałego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin, sprawdzian przed dopuszczeniem do wykonywania ćwiczeń</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">KMChtr_W02, KMChtr_W03, KMchtr_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-00000-ISP-0203 _ W7: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada wiedzę podstawową i potrafi wyjaśnić zasadę działania podstawowych układów elektronicznych tj. prostownika, wzmacniacza i generatora</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin, sprawdzian przed dopuszczeniem do wykonywania ćwiczeń.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">KMChtr_W02, KMChtr_W03, KMchtr_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-00000-ISP-0203 _ W8: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada wiedzę podstawową w zakresie układów sprzężenia zwrotnego i ich wpływu parametry pracy wzmacniacza</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin, sprawdzian ustny/pisemny przed dopuszczeniem do wykonywania ćwiczeń</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">KMChtr_W03, KMchtr_W12, KMChtr_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka 1150-00000-ISP-0203 _ W4: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-00000-ISP-0203 _ U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi narysować charakterystyki zewnętrzne dla maszyn elektrycznych pracujących w trybie prądnicowym i uzasadnić ich kształt i przebieg..</w:t>
+        <w:t xml:space="preserve">Zna i potrafi stosować zasady dotyczące budowy układu pomiarowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Ocena wykonywania zadań w trakcie realizacji ćwiczeń laboratoryjnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">KMchtr_U01, KMchtr_U02, KMchtr_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-00000-ISP-0203 _ U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna i potrafi stosować zasady dotyczące podłączania w odpowiedni sposób mierników pozwalających na pomiar wybranych wielkości elektrycznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena wykonywania zadań w trakcie realizacji ćwiczeń laboratoryjnych, sprawdzian przed dopuszczeniem do wykonywania ćwiczeń, ocena sprawozdań.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">KMchtr_U01, KMchtr_U02, KMchtr_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-00000-ISP-0203 _ U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi dokonać obliczeń odpowiednich wielości i na tej podstawie wykreślić charakterystyki np. napięcia od prądu, momentu obrotowego od prędkości obrotowej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena wykonywania zadań w trakcie realizacji ćwiczeń laboratoryjnych, sprawdzian przed dopuszczeniem do wykonywania ćwiczeń, ocena sprawozdań.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">KMchtr_U01, KMchtr_U02, KMchtr_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-00000-ISP-0203 _ U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna i potrafi stosować zasady budowania wykresów wektorowych parametrów transformatora dla różnych trybów pracy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Egzamin, sprawdzian przed dopuszczeniem do wykonywania ćwiczeń</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMChtr_W02, KMChtr_W03, KMchtr_W13</w:t>
+        <w:t xml:space="preserve">KMchtr_U01, KMchtr_U02, KMchtr_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka 1150-00000-ISP-0203 _ W5: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-00000-ISP-0203 _ K_1 : </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi narysować charakterystyki mechaniczne dla maszyn elektrycznych i uzasadnić ich kształt i przebieg</w:t>
+        <w:t xml:space="preserve">Potrafi pracować i współdziałać w grupie przy realizacji ćwiczeń laboratoryjnych i opracowywaniu sprawozdania, przyjmując w niej różne role.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin, sprawdzian przed dopuszczeniem do wykonywania ćwiczeń</w:t>
+        <w:t xml:space="preserve">Ocena sposobu wykonywania zadań w trakcie realizacji ćwiczeń i ocena sprawozdania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMChtr_W02, KMChtr_W03, KMchtr_W12, KMchtr_W13</w:t>
-[...579 lines deleted...]
-        <w:t xml:space="preserve">KMchtr_K04, KMchtr_K03</w:t>
+        <w:t xml:space="preserve">KMchtr_K03, KMchtr_K04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>