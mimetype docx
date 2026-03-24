--- v2 (2026-02-28)
+++ v3 (2026-03-24)
@@ -1263,51 +1263,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, sprawdzian ustny/pisemny przed dopuszczeniem do wykonywania ćwiczeń</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMChtr_W03, KMchtr_W12, KMChtr_W02</w:t>
+        <w:t xml:space="preserve">KMChtr_W02, KMChtr_W03, KMchtr_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>