--- v0 (2025-10-22)
+++ v1 (2026-01-12)
@@ -1127,51 +1127,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa przy sprawdzaniu pracy domowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W18, KMiBM_W04</w:t>
+        <w:t xml:space="preserve">KMiBM_W04, KMiBM_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1767,51 +1767,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawozdanie z pracy domowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_U16, KMiBM_U18, KMiBM_U03, KMiBM_U15</w:t>
+        <w:t xml:space="preserve">KMiBM_U03, KMiBM_U15, KMiBM_U16, KMiBM_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
@@ -1847,51 +1847,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena wykonywania zadań w trakcie realizacji ćwiczeń laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_K01, KMiBM_K02, KMiBM_K03</w:t>
+        <w:t xml:space="preserve">KMiBM_K02, KMiBM_K03, KMiBM_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>