--- v1 (2026-01-12)
+++ v2 (2026-02-28)
@@ -1557,87 +1557,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawozdanie z pracy domowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_U16, KMiBM_U18, KMiBM_U03, KMiBM_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0324_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi dobrać odpowiednie parametry oraz wykonać nieliniową statyczną analizę stanu wytężenia i deformacji struktury cienkościennej wykonanej z materiału o nieliniowej charakterystyce.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawozdanie z pracy domowej</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">KMiBM_U03, KMiBM_U15, KMiBM_U16, KMiBM_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0324_U4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0324_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi dobrać odpowiednie parametry oraz wykonać nieliniową statyczną analizę stanu wytężenia i deformacji struktury cienkościennej wykonanej z materiału o nieliniowej charakterystyce.</w:t>
+        <w:t xml:space="preserve">Student potrafi wykonać analizę wzajemnego oddziaływania części w strukturach cienkościennych (zadanie kontaktowe) z wykorzystaniem MES.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawozdanie z pracy domowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1656,58 +1726,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0324_U5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0324_U6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi wykonać analizę wzajemnego oddziaływania części w strukturach cienkościennych (zadanie kontaktowe) z wykorzystaniem MES.</w:t>
+        <w:t xml:space="preserve">Student potrafi w modelach MES stosować uproszczone sposoby modelowania połączeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawozdanie z pracy domowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1718,180 +1788,110 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">KMiBM_U03, KMiBM_U15, KMiBM_U16, KMiBM_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0324_U6: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0324_K1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi w modelach MES stosować uproszczone sposoby modelowania połączeń.</w:t>
+        <w:t xml:space="preserve">Student jest świadomy konieczności pogłębiania wiedzy w zakresie zaawansowanych technik obliczeniowych oraz zna możliwości dalszego rozwoju w tym kierunku na wydz. Wydział Samochodów i Maszyn Roboczych. Rozumie problemy związane z oceną bezpieczeństwa konstrukcji i ma świadomość odpowiedzialności ciążącej na osobie dokonującej analiz wytrzymałościowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Sprawozdanie z pracy domowej</w:t>
+        <w:t xml:space="preserve">Ocena wykonywania zadań w trakcie realizacji ćwiczeń laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_U03, KMiBM_U15, KMiBM_U16, KMiBM_U18</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">KMiBM_K02, KMiBM_K03, KMiBM_K01</w:t>
+        <w:t xml:space="preserve">KMiBM_K01, KMiBM_K02, KMiBM_K03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>