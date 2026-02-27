--- v1 (2026-01-12)
+++ v2 (2026-02-27)
@@ -989,87 +989,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_W18, KMiBM_W04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MBWPI-ISP-0321_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student zna zasady wprowadzania obciążeń oraz definiowania warunków brzegowych w modelach MES konstrukcji bryłowych o złożonych geometrycznie kształtach.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">KMiBM_W04, KMiBM_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MBWPI-ISP-0321_W5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MBWPI-ISP-0321_W6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student zna zasady wprowadzania obciążeń oraz definiowania warunków brzegowych w modelach MES konstrukcji bryłowych o złożonych geometrycznie kształtach.</w:t>
+        <w:t xml:space="preserve">Student zna podstawowe metody rozwiązywania zagadnień nieliniowych stosowane w systemach MES.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1088,58 +1158,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MBWPI-ISP-0321_W6: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MBWPI-ISP-0321_W7: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student zna podstawowe metody rozwiązywania zagadnień nieliniowych stosowane w systemach MES.</w:t>
+        <w:t xml:space="preserve">Student zna podstawowe zasady modelowania zagadnień kontaktowych w modelach bryłowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1158,58 +1228,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MBWPI-ISP-0321_W7: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MBWPI-ISP-0321_W8: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student zna podstawowe zasady modelowania zagadnień kontaktowych w modelach bryłowych.</w:t>
+        <w:t xml:space="preserve">Student zna zasady oceny naprężeń w układach lokalnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1228,58 +1298,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MBWPI-ISP-0321_W8: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MBWPI-ISP-0321_W9: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student zna zasady oceny naprężeń w układach lokalnych.</w:t>
+        <w:t xml:space="preserve">Student potrafi dokonać oceny wytężenia konstrukcji złożonej konstrukcji z wykorzystaniem MES.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1290,216 +1360,216 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">KMiBM_W04, KMiBM_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka 1150-MBWPI-ISP-0321_W9: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MBWPI-ISP-0321_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi dokonać oceny wytężenia konstrukcji złożonej konstrukcji z wykorzystaniem MES.</w:t>
+        <w:t xml:space="preserve">Student potrafi przygotować model geometryczny do dyskretyzacji. Potrafi dokonać podział geometrii na odpowiednie objętości. Rozumie znaczenie szczegółów (promienie, fazy, zmiany grubości) i potrafi je odpowiednio zdyskretyzować.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin</w:t>
+        <w:t xml:space="preserve">Sprawozdanie z pracy domowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W04, KMiBM_W18</w:t>
+        <w:t xml:space="preserve">KMiBM_U15, KMiBM_U16, KMiBM_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka 1150-MBWPI-ISP-0321_U1: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MBWPI-ISP-0321_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi przygotować model geometryczny do dyskretyzacji. Potrafi dokonać podział geometrii na odpowiednie objętości. Rozumie znaczenie szczegółów (promienie, fazy, zmiany grubości) i potrafi je odpowiednio zdyskretyzować.</w:t>
+        <w:t xml:space="preserve">Student potrafi wykonać analizę sił krytycznych oraz częstości drgań własnych  złożonej struktury z wykorzystaniem różnych modeli MES.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawozdanie z pracy domowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_U15, KMiBM_U16, KMiBM_U18</w:t>
+        <w:t xml:space="preserve">KMiBM_U03, KMiBM_U15, KMiBM_U16, KMiBM_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MBWPI-ISP-0321_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MBWPI-ISP-0321_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi wykonać analizę sił krytycznych oraz częstości drgań własnych  złożonej struktury z wykorzystaniem różnych modeli MES.</w:t>
+        <w:t xml:space="preserve">Student posiada umiejętności praktycznego wykorzystania systemów MES w analizie stanu naprężenia wokół koncentratora. Potrafi dokonać optymalizacji zadania MES pod względem liczby elementów, rodzaju elementów (funkcje kształtu) oraz jakości siatki (deformacja siatki i jej wpływ na wyniki analiz).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawozdanie z pracy domowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1518,58 +1588,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MBWPI-ISP-0321_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MBWPI-ISP-0321_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student posiada umiejętności praktycznego wykorzystania systemów MES w analizie stanu naprężenia wokół koncentratora. Potrafi dokonać optymalizacji zadania MES pod względem liczby elementów, rodzaju elementów (funkcje kształtu) oraz jakości siatki (deformacja siatki i jej wpływ na wyniki analiz).</w:t>
+        <w:t xml:space="preserve">Student potrafi dobrać odpowiednie parametry oraz wykonać nieliniową statyczną analizę stanu wytężenia i deformacji struktury bryłowej wykonanej z materiału o nieliniowej charakterystyce.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawozdanie z pracy domowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1588,162 +1658,92 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MBWPI-ISP-0321_U4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MBWPI-ISP-0321_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi dobrać odpowiednie parametry oraz wykonać nieliniową statyczną analizę stanu wytężenia i deformacji struktury bryłowej wykonanej z materiału o nieliniowej charakterystyce.</w:t>
+        <w:t xml:space="preserve">Student potrafi wykonać analizę wzajemnego oddziaływania części (zadanie kontaktowe) z wykorzystaniem MES.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawozdanie z pracy domowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_U03, KMiBM_U15, KMiBM_U16, KMiBM_U18</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">KMiBM_U03, KMiBM_U15, KMiBM_U16, KMiBM_U18</w:t>
+        <w:t xml:space="preserve">KMiBM_U16, KMiBM_U18, KMiBM_U03, KMiBM_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>