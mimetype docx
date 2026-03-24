--- v2 (2026-02-27)
+++ v3 (2026-03-24)
@@ -989,87 +989,297 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_W04, KMiBM_W18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MBWPI-ISP-0321_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student zna zasady wprowadzania obciążeń oraz definiowania warunków brzegowych w modelach MES konstrukcji bryłowych o złożonych geometrycznie kształtach.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_W04, KMiBM_W18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MBWPI-ISP-0321_W6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student zna podstawowe metody rozwiązywania zagadnień nieliniowych stosowane w systemach MES.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_W04, KMiBM_W18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MBWPI-ISP-0321_W7: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student zna podstawowe zasady modelowania zagadnień kontaktowych w modelach bryłowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">KMiBM_W18, KMiBM_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MBWPI-ISP-0321_W5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MBWPI-ISP-0321_W8: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student zna zasady wprowadzania obciążeń oraz definiowania warunków brzegowych w modelach MES konstrukcji bryłowych o złożonych geometrycznie kształtach.</w:t>
+        <w:t xml:space="preserve">Student zna zasady oceny naprężeń w układach lokalnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1088,58 +1298,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MBWPI-ISP-0321_W6: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MBWPI-ISP-0321_W9: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student zna podstawowe metody rozwiązywania zagadnień nieliniowych stosowane w systemach MES.</w:t>
+        <w:t xml:space="preserve">Student potrafi dokonać oceny wytężenia konstrukcji złożonej konstrukcji z wykorzystaniem MES.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1150,600 +1360,390 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">KMiBM_W04, KMiBM_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka 1150-MBWPI-ISP-0321_W7: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MBWPI-ISP-0321_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student zna podstawowe zasady modelowania zagadnień kontaktowych w modelach bryłowych.</w:t>
+        <w:t xml:space="preserve">Student potrafi przygotować model geometryczny do dyskretyzacji. Potrafi dokonać podział geometrii na odpowiednie objętości. Rozumie znaczenie szczegółów (promienie, fazy, zmiany grubości) i potrafi je odpowiednio zdyskretyzować.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin</w:t>
+        <w:t xml:space="preserve">Sprawozdanie z pracy domowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W04, KMiBM_W18</w:t>
+        <w:t xml:space="preserve">KMiBM_U15, KMiBM_U16, KMiBM_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MBWPI-ISP-0321_W8: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MBWPI-ISP-0321_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student zna zasady oceny naprężeń w układach lokalnych.</w:t>
+        <w:t xml:space="preserve">Student potrafi wykonać analizę sił krytycznych oraz częstości drgań własnych  złożonej struktury z wykorzystaniem różnych modeli MES.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin</w:t>
+        <w:t xml:space="preserve">Sprawozdanie z pracy domowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W04, KMiBM_W18</w:t>
+        <w:t xml:space="preserve">KMiBM_U03, KMiBM_U15, KMiBM_U16, KMiBM_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MBWPI-ISP-0321_W9: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MBWPI-ISP-0321_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi dokonać oceny wytężenia konstrukcji złożonej konstrukcji z wykorzystaniem MES.</w:t>
+        <w:t xml:space="preserve">Student posiada umiejętności praktycznego wykorzystania systemów MES w analizie stanu naprężenia wokół koncentratora. Potrafi dokonać optymalizacji zadania MES pod względem liczby elementów, rodzaju elementów (funkcje kształtu) oraz jakości siatki (deformacja siatki i jej wpływ na wyniki analiz).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin</w:t>
+        <w:t xml:space="preserve">Sprawozdanie z pracy domowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W04, KMiBM_W18</w:t>
+        <w:t xml:space="preserve">KMiBM_U03, KMiBM_U15, KMiBM_U16, KMiBM_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka 1150-MBWPI-ISP-0321_U1: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MBWPI-ISP-0321_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi przygotować model geometryczny do dyskretyzacji. Potrafi dokonać podział geometrii na odpowiednie objętości. Rozumie znaczenie szczegółów (promienie, fazy, zmiany grubości) i potrafi je odpowiednio zdyskretyzować.</w:t>
+        <w:t xml:space="preserve">Student potrafi dobrać odpowiednie parametry oraz wykonać nieliniową statyczną analizę stanu wytężenia i deformacji struktury bryłowej wykonanej z materiału o nieliniowej charakterystyce.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawozdanie z pracy domowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_U15, KMiBM_U16, KMiBM_U18</w:t>
+        <w:t xml:space="preserve">KMiBM_U03, KMiBM_U15, KMiBM_U16, KMiBM_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MBWPI-ISP-0321_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MBWPI-ISP-0321_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi wykonać analizę sił krytycznych oraz częstości drgań własnych  złożonej struktury z wykorzystaniem różnych modeli MES.</w:t>
+        <w:t xml:space="preserve">Student potrafi wykonać analizę wzajemnego oddziaływania części (zadanie kontaktowe) z wykorzystaniem MES.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawozdanie z pracy domowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">KMiBM_U03, KMiBM_U15, KMiBM_U16, KMiBM_U18</w:t>
-      </w:r>
-[...208 lines deleted...]
-        <w:t xml:space="preserve">KMiBM_U16, KMiBM_U18, KMiBM_U03, KMiBM_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>