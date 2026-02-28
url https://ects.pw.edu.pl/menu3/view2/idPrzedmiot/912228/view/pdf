--- v2 (2026-01-15)
+++ v3 (2026-02-28)
@@ -971,701 +971,701 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_W06, KMiBM_W01, KMiBM_W04, KMiBM_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0211_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna połączenia stosowane w konstrukcji maszyn oraz mechanizm przenoszenia obciążeń.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_W01, KMiBM_W05, KMiBM_W06, KMiBM_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0211_W6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podział i zasady działania różnych typów sprzęgieł, hamulców klockowych, szczękowych taśmowych i tarczowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">KMiBM_W01, KMiBM_W04, KMiBM_W05, KMiBM_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0211_W5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0211_W7: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna połączenia stosowane w konstrukcji maszyn oraz mechanizm przenoszenia obciążeń.</w:t>
+        <w:t xml:space="preserve">Zna podstawowe pojęcia z zakresu kinematyki przekładni zębatych, łańcuchowych, pasowych i ciernych..</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W01, KMiBM_W05, KMiBM_W06, KMiBM_W10</w:t>
+        <w:t xml:space="preserve">KMiBM_W01, KMiBM_W04, KMiBM_W05, KMiBM_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0211_W6: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0211_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podział i zasady działania różnych typów sprzęgieł, hamulców klockowych, szczękowych taśmowych i tarczowych.</w:t>
+        <w:t xml:space="preserve">Potrafi zaprojektować proste połączenie (gwintowe, kształtowe, wciskowe, spawane itp.) przenoszące zadane obciążenie. Potrafi uzasadnić proporcje wymiarów połączeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W01, KMiBM_W04, KMiBM_W05, KMiBM_W06</w:t>
+        <w:t xml:space="preserve">KMiBM_U01, KMiBM_U03, KMiBM_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0211_W7: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0211_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawowe pojęcia z zakresu kinematyki przekładni zębatych, łańcuchowych, pasowych i ciernych..</w:t>
+        <w:t xml:space="preserve">Potrafi dobrać kształt wału maszynowego i poprawnie rozwiązać łożyskowanie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_U01, KMiBM_U03, KMiBM_U04, KMiBM_U05, KMiBM_U07, KMiBM_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0211_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi dokonać doboru łożysk tocznych oraz przeprowadzić podstawowe obliczenia łożysk ślizgowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W01, KMiBM_W04, KMiBM_W05, KMiBM_W06</w:t>
+        <w:t xml:space="preserve">KMiBM_U01, KMiBM_U03, KMiBM_U04, KMiBM_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0211_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi przeprowadzić obliczenia głównych wymiarów sprzęgieł ciernych i uzasadnić nierównomierność biegu sprzęgieł kątowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_U01, KMiBM_U02, KMiBM_U03, KMiBM_U04, KMiBM_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0211_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi uzasadnić kształt sprężyn metalowych. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_U01, KMiBM_U02, KMiBM_U03, KMiBM_U04, KMiBM_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0211_U1: </w:t>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0211_K1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi zaprojektować proste połączenie (gwintowe, kształtowe, wciskowe, spawane itp.) przenoszące zadane obciążenie. Potrafi uzasadnić proporcje wymiarów połączeń.</w:t>
+        <w:t xml:space="preserve">Student jest świadomy celowości konstruowania maszyn bezpiecznych i przyjaznych użytkownikowi.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_U01, KMiBM_U03, KMiBM_U04</w:t>
-[...359 lines deleted...]
-        <w:t xml:space="preserve">KMiBM_K02, KMiBM_K03, KMiBM_K04, KMiBM_K06</w:t>
+        <w:t xml:space="preserve">KMiBM_K03, KMiBM_K04, KMiBM_K06, KMiBM_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>