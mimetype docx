--- v3 (2026-02-28)
+++ v4 (2026-03-24)
@@ -971,51 +971,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W06, KMiBM_W01, KMiBM_W04, KMiBM_W05</w:t>
+        <w:t xml:space="preserve">KMiBM_W01, KMiBM_W04, KMiBM_W05, KMiBM_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>