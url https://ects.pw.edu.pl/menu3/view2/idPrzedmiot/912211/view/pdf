--- v0 (2026-01-13)
+++ v1 (2026-02-28)
@@ -774,87 +774,297 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_W04, KMiBM_W18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 150-MB000-ISP-0309_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student posiada wiedzę o rodzajach elementów skończonych - aproksymacja liniowa i kwadratowa, oraz o ich wpływie na uzyskiwaną dokładność wyników analiz.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_W04, KMiBM_W18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 150-MB000-ISP-0309_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student zna zasady określania i wyznaczania obciążeń i warunków brzegowych elementów maszyn w formie wymaganej przez system MES.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_W04, KMiBM_W18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 150-MB000-ISP-0309_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student zna podstawowe zasady weryfikacji modeli MES.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">KMiBM_W18, KMiBM_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 150-MB000-ISP-0309_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 150-MB000-ISP-0309_W5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student posiada wiedzę o rodzajach elementów skończonych - aproksymacja liniowa i kwadratowa, oraz o ich wpływie na uzyskiwaną dokładność wyników analiz.</w:t>
+        <w:t xml:space="preserve">Student zna i rozumie podstawowe zasady wykonywania modeli MES płaskich struktur z karbem.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -865,286 +1075,286 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">KMiBM_W04, KMiBM_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka 150-MB000-ISP-0309_W3: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 150-MB000-ISP-0309_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student zna zasady określania i wyznaczania obciążeń i warunków brzegowych elementów maszyn w formie wymaganej przez system MES.</w:t>
+        <w:t xml:space="preserve">Student potrafi przeprowadzić statyczną analizę stanu wytężenia i deformacji prostej struktury prętowej z wykorzystaniem MES.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium</w:t>
+        <w:t xml:space="preserve">Sprawdzian</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W04, KMiBM_W18</w:t>
+        <w:t xml:space="preserve">KMiBM_U01, KMiBM_U02, KMiBM_U03, KMiBM_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 150-MB000-ISP-0309_W4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 150-MB000-ISP-0309_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student zna podstawowe zasady weryfikacji modeli MES.</w:t>
+        <w:t xml:space="preserve">Student potrafi przeprowadzić statyczną analizę stanu wytężenia i deformacji prostej struktury belkowej z wykorzystaniem MES.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium</w:t>
+        <w:t xml:space="preserve">Sprawdzian</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W04, KMiBM_W18</w:t>
+        <w:t xml:space="preserve">KMiBM_U01, KMiBM_U02, KMiBM_U03, KMiBM_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 150-MB000-ISP-0309_W5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 150-MB000-ISP-0309_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student zna i rozumie podstawowe zasady wykonywania modeli MES płaskich struktur z karbem.</w:t>
+        <w:t xml:space="preserve">Student potrafi przeprowadzić statyczną analizę stanu wytężenia i deformacji prostej struktury powłokowej z wykorzystaniem MES.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium</w:t>
+        <w:t xml:space="preserve">Sprawdzian</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W04, KMiBM_W18</w:t>
+        <w:t xml:space="preserve">KMiBM_U01, KMiBM_U02, KMiBM_U03, KMiBM_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka 150-MB000-ISP-0309_U1: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 150-MB000-ISP-0309_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi przeprowadzić statyczną analizę stanu wytężenia i deformacji prostej struktury prętowej z wykorzystaniem MES.</w:t>
+        <w:t xml:space="preserve">Student potrafi przeprowadzić statyczną analizę stanu wytężenia i deformacji prostej struktury bryłowej z wykorzystaniem MES.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1163,302 +1373,92 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 150-MB000-ISP-0309_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 150-MB000-ISP-0309_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi przeprowadzić statyczną analizę stanu wytężenia i deformacji prostej struktury belkowej z wykorzystaniem MES.</w:t>
+        <w:t xml:space="preserve">Student potrafi przeprowadzić statyczną analizę płaskiej struktury z karbem z wykorzystaniem MES.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">KMiBM_U01, KMiBM_U02, KMiBM_U03, KMiBM_U16</w:t>
-      </w:r>
-[...208 lines deleted...]
-        <w:t xml:space="preserve">KMiBM_U16, KMiBM_U01, KMiBM_U02, KMiBM_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>