--- v0 (2026-01-12)
+++ v1 (2026-02-28)
@@ -842,157 +842,297 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, sprawdziany na ćwiczeniach audytoryjnych i laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_W03, KMiBM_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0213_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi budować modele układów drgających na potrzeby sformułowanych zadań.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin, sprawdziany pisemne na ćwiczeniach, ocena prac domowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">KMiBM_W01, KMiBM_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0213_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0213_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi budować modele układów drgających na potrzeby sformułowanych zadań.</w:t>
+        <w:t xml:space="preserve">Student potrafi wyjaśnić zjawiska występujące w drganiach, takie jak rezonans, tłumienie drgań, wzbudzenie siłowe i kinematyczne, wzbudzenie parametryczne i samowzbudzenie oraz rozumie ich znaczenie w technice.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_W01, KMiBM_W03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0213_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi rozwiązywać równania drgań liniowych układów o wielu stopniach swobody i jednowymiarowych układów ciągłych oraz interpretować uzyskane rozwiązania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Egzamin, sprawdziany pisemne na ćwiczeniach, ocena prac domowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">KMiBM_W01, KMiBM_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0213_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0213_W5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi wyjaśnić zjawiska występujące w drganiach, takie jak rezonans, tłumienie drgań, wzbudzenie siłowe i kinematyczne, wzbudzenie parametryczne i samowzbudzenie oraz rozumie ich znaczenie w technice.</w:t>
+        <w:t xml:space="preserve">Student rozumie istotę nieliniowości układów drgających oraz ich pochodzenie, zna podstawowe właściwości drgań nieliniowych i metody ich analizy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1003,250 +1143,110 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">KMiBM_W01, KMiBM_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0213_W4: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka  1150-MB000-ISP-0213_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi rozwiązywać równania drgań liniowych układów o wielu stopniach swobody i jednowymiarowych układów ciągłych oraz interpretować uzyskane rozwiązania.</w:t>
+        <w:t xml:space="preserve">Student potrafi wybrać odpowiedni model układu drgającego i zastosować właściwą metodę rozwiązania postawionego zadania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin, sprawdziany pisemne na ćwiczeniach, ocena prac domowych.</w:t>
+        <w:t xml:space="preserve">Egzamin, sprawdziany pisemne, ocena zadanych prac domowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W01, KMiBM_W03</w:t>
-[...149 lines deleted...]
-        <w:t xml:space="preserve">KMiBM_U03, KMiBM_U01</w:t>
+        <w:t xml:space="preserve">KMiBM_U01, KMiBM_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>