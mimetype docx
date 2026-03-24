--- v1 (2026-02-28)
+++ v2 (2026-03-24)
@@ -842,51 +842,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, sprawdziany na ćwiczeniach audytoryjnych i laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W03, KMiBM_W01</w:t>
+        <w:t xml:space="preserve">KMiBM_W01, KMiBM_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1342,51 +1342,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, sprawdziany pisemne, ocena zadanych prac domowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_U01, KMiBM_U03</w:t>
+        <w:t xml:space="preserve">KMiBM_U03, KMiBM_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>