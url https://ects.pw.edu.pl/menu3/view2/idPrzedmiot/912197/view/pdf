--- v0 (2026-01-12)
+++ v1 (2026-02-28)
@@ -903,51 +903,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena zadania wykonywanego przez studenta w trakcie ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W19, KMiBM_W17, KMiBM_W18, KMiBM_W20, KMiBM_W08, KMiBM_W09, KMiBM_W10, KMiBM_W11</w:t>
+        <w:t xml:space="preserve">KMiBM_W08, KMiBM_W09, KMiBM_W10, KMiBM_W11, KMiBM_W19, KMiBM_W17, KMiBM_W18, KMiBM_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1263,51 +1263,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena zadania wykonywanego przez studenta w trakcie ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_U16, KMiBM_U17, KMiBM_U18, KMiBM_U06, KMiBM_U08, KMiBM_U15</w:t>
+        <w:t xml:space="preserve">KMiBM_U06, KMiBM_U08, KMiBM_U15, KMiBM_U16, KMiBM_U17, KMiBM_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1403,51 +1403,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">1150-MB000-ISP-0207_U4</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_U15, KMiBM_U16, KMiBM_U17, KMiBM_U18</w:t>
+        <w:t xml:space="preserve">KMiBM_U16, KMiBM_U17, KMiBM_U18, KMiBM_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>