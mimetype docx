--- v0 (2026-01-13)
+++ v1 (2026-02-28)
@@ -1053,51 +1053,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, sprawdzian przed dopuszczeniem do wykonywania ćwiczeń</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W03, KMiBM_W05, KMiBM_W02</w:t>
+        <w:t xml:space="preserve">KMiBM_W02, KMiBM_W03, KMiBM_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1413,51 +1413,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena wykonywania zadań w trakcie realizacji ćwiczeń laboratoryjnych, sprawdzian przed dopuszczeniem do wykonywania ćwiczeń, ocena sprawozdań.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_U12, KMiBM_U13, KMiBM_U20</w:t>
+        <w:t xml:space="preserve">KMiBM_U13, KMiBM_U20, KMiBM_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>