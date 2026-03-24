--- v1 (2026-02-28)
+++ v2 (2026-03-24)
@@ -983,481 +983,481 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, sprawdzian przed dopuszczeniem do wykonywania ćwiczeń</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_W12, KMiBM_W02, KMiBM_W03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0203 _ W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi narysować charakterystyki mechaniczne dla maszyn elektrycznych i uzasadnić ich kształt i przebieg</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin, sprawdzian przed dopuszczeniem do wykonywania ćwiczeń</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_W02, KMiBM_W03, KMiBM_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0203 _ W6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada wiedzę podstawową i potrafi opisać metody regulacji prędkości obrotowej maszyn prądu stałego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin, sprawdzian przed dopuszczeniem do wykonywania ćwiczeń</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">KMiBM_W02, KMiBM_W03, KMiBM_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0203 _ W5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0203 _ W7: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi narysować charakterystyki mechaniczne dla maszyn elektrycznych i uzasadnić ich kształt i przebieg</w:t>
+        <w:t xml:space="preserve">Posiada wiedzę podstawową i potrafi wyjaśnić zasadę działania podstawowych układów elektronicznych tj. prostownika, wzmacniacza i generatora</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin, sprawdzian przed dopuszczeniem do wykonywania ćwiczeń</w:t>
+        <w:t xml:space="preserve">Egzamin, sprawdzian przed dopuszczeniem do wykonywania ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W02, KMiBM_W03, KMiBM_W05</w:t>
+        <w:t xml:space="preserve">KMiBM_W02, KMiBM_W03, KMiBM_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0203 _ W6: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0203 _ U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę podstawową i potrafi opisać metody regulacji prędkości obrotowej maszyn prądu stałego.</w:t>
+        <w:t xml:space="preserve">Zna i potrafi stosować zasady dotyczące budowy układu pomiarowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin, sprawdzian przed dopuszczeniem do wykonywania ćwiczeń</w:t>
+        <w:t xml:space="preserve">Ocena wykonywania zadań w trakcie realizacji ćwiczeń laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W02, KMiBM_W03, KMiBM_W12</w:t>
+        <w:t xml:space="preserve">KMiBM_U12, KMiBM_U13, KMiBM_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0203 _ W7: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0203 _ U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę podstawową i potrafi wyjaśnić zasadę działania podstawowych układów elektronicznych tj. prostownika, wzmacniacza i generatora</w:t>
+        <w:t xml:space="preserve">Zna i potrafi stosować zasady dotyczące podłączania w odpowiedni sposób mierników pozwalających na pomiar wybranych wielkości elektrycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin, sprawdzian przed dopuszczeniem do wykonywania ćwiczeń.</w:t>
+        <w:t xml:space="preserve">Ocena wykonywania zadań w trakcie realizacji ćwiczeń laboratoryjnych, sprawdzian przed dopuszczeniem do wykonywania ćwiczeń, ocena sprawozdań.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W02, KMiBM_W03, KMiBM_W12</w:t>
+        <w:t xml:space="preserve">KMiBM_U12, KMiBM_U13, KMiBM_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0203 _ U1: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0203 _ U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna i potrafi stosować zasady dotyczące budowy układu pomiarowego.</w:t>
+        <w:t xml:space="preserve">Potrafi dokonać obliczeń odpowiednich wielości i na tej podstawie wykreślić charakterystyki np. napięcia od prądu, momentu obrotowego od prędkości obrotowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ocena wykonywania zadań w trakcie realizacji ćwiczeń laboratoryjnych.</w:t>
+        <w:t xml:space="preserve">Ocena wykonywania zadań w trakcie realizacji ćwiczeń laboratoryjnych, sprawdzian przed dopuszczeniem do wykonywania ćwiczeń, ocena sprawozdań.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">KMiBM_U12, KMiBM_U13, KMiBM_U20</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">KMiBM_U13, KMiBM_U20, KMiBM_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>