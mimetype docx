--- v0 (2026-01-11)
+++ v1 (2026-02-28)
@@ -897,51 +897,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin. Sprawdzian pisemny w czasie ćwiczeń</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W06, KMiBM_W01, KMiBM_W04, KMiBM_W05</w:t>
+        <w:t xml:space="preserve">KMiBM_W01, KMiBM_W04, KMiBM_W05, KMiBM_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1107,51 +1107,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W04, KMiBM_W05, KMiBM_W06, KMiBM_W01</w:t>
+        <w:t xml:space="preserve">KMiBM_W01, KMiBM_W04, KMiBM_W05, KMiBM_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -1187,87 +1187,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin. Sprawdzian pisemny w czasie ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_U08, KMiBM_U09, KMiBM_U10, KMiBM_U12, KMiBM_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0219_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi analizować  i prowadzić obliczenia  metodami energetycznymi układów  statycznie wyznaczalnych dla złożonych wieloosiowych stanów obciążenia. Potrafi obliczać  układy  statycznie zewnętrznie i wewnętrznie  niewyznaczalne</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin. Sprawdzian pisemny w czasie ćwiczeń.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">KMiBM_U05, KMiBM_U08, KMiBM_U09, KMiBM_U10, KMiBM_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0219_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0219_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi analizować  i prowadzić obliczenia  metodami energetycznymi układów  statycznie wyznaczalnych dla złożonych wieloosiowych stanów obciążenia. Potrafi obliczać  układy  statycznie zewnętrznie i wewnętrznie  niewyznaczalne</w:t>
+        <w:t xml:space="preserve">Potrafi przeprowadzić podstawowe obliczenia  stateczności prętów prostych  .Wyboczenie sprężyste i  posprężyste. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin. Sprawdzian pisemny w czasie ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1286,58 +1356,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0219_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0219_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi przeprowadzić podstawowe obliczenia  stateczności prętów prostych  .Wyboczenie sprężyste i  posprężyste. </w:t>
+        <w:t xml:space="preserve">Potrafi przeprowadzić analizę stanu naprężenia w powłokach cienkościennych w stanie błonowym. Umie przeprowadzić podstawowe obliczanie zbiorników cienkościennych - kulistego, walcowego i stożkowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin. Sprawdzian pisemny w czasie ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1356,162 +1426,92 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0219_U4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0219_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi przeprowadzić analizę stanu naprężenia w powłokach cienkościennych w stanie błonowym. Umie przeprowadzić podstawowe obliczanie zbiorników cienkościennych - kulistego, walcowego i stożkowego.</w:t>
+        <w:t xml:space="preserve">Potrafi przeprowadzić podstawowe  obliczenia stanu naprężenia i odkształcenia w profilach skręcanych – profile otwarte i zamknięte. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin. Sprawdzian pisemny w czasie ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_U05, KMiBM_U08, KMiBM_U09, KMiBM_U10, KMiBM_U12</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">KMiBM_U05, KMiBM_U08, KMiBM_U09, KMiBM_U10, KMiBM_U12</w:t>
+        <w:t xml:space="preserve">KMiBM_U08, KMiBM_U09, KMiBM_U10, KMiBM_U12, KMiBM_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>