--- v1 (2026-02-28)
+++ v2 (2026-03-24)
@@ -1187,51 +1187,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin. Sprawdzian pisemny w czasie ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_U08, KMiBM_U09, KMiBM_U10, KMiBM_U12, KMiBM_U05</w:t>
+        <w:t xml:space="preserve">KMiBM_U05, KMiBM_U08, KMiBM_U09, KMiBM_U10, KMiBM_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1257,87 +1257,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin. Sprawdzian pisemny w czasie ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_U09, KMiBM_U10, KMiBM_U12, KMiBM_U05, KMiBM_U08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0219_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi przeprowadzić podstawowe obliczenia  stateczności prętów prostych  .Wyboczenie sprężyste i  posprężyste. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin. Sprawdzian pisemny w czasie ćwiczeń.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">KMiBM_U05, KMiBM_U08, KMiBM_U09, KMiBM_U10, KMiBM_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0219_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0219_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi przeprowadzić podstawowe obliczenia  stateczności prętów prostych  .Wyboczenie sprężyste i  posprężyste. </w:t>
+        <w:t xml:space="preserve">Potrafi przeprowadzić analizę stanu naprężenia w powłokach cienkościennych w stanie błonowym. Umie przeprowadzić podstawowe obliczanie zbiorników cienkościennych - kulistego, walcowego i stożkowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin. Sprawdzian pisemny w czasie ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1356,58 +1426,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0219_U4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0219_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi przeprowadzić analizę stanu naprężenia w powłokach cienkościennych w stanie błonowym. Umie przeprowadzić podstawowe obliczanie zbiorników cienkościennych - kulistego, walcowego i stożkowego.</w:t>
+        <w:t xml:space="preserve">Potrafi przeprowadzić podstawowe  obliczenia stanu naprężenia i odkształcenia w profilach skręcanych – profile otwarte i zamknięte. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin. Sprawdzian pisemny w czasie ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1426,162 +1496,92 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0219_U5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0219_U6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi przeprowadzić podstawowe  obliczenia stanu naprężenia i odkształcenia w profilach skręcanych – profile otwarte i zamknięte. </w:t>
+        <w:t xml:space="preserve">Potrafi przeprowadzić elementarną analizę w zakresie wytrzymałości zmęczeniowej .</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin. Sprawdzian pisemny w czasie ćwiczeń.</w:t>
+        <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_U08, KMiBM_U09, KMiBM_U10, KMiBM_U12, KMiBM_U05</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">KMiBM_U05, KMiBM_U08, KMiBM_U09, KMiBM_U10, KMiBM_U12</w:t>
+        <w:t xml:space="preserve">KMiBM_U09, KMiBM_U10, KMiBM_U12, KMiBM_U05, KMiBM_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>