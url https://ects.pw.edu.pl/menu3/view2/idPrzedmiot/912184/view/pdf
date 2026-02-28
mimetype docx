--- v0 (2026-01-12)
+++ v1 (2026-02-28)
@@ -826,51 +826,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin. Sprawdzian pisemny w czasie ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W04, KMiBM_W05, KMiBM_W06, KMiBM_W01</w:t>
+        <w:t xml:space="preserve">KMiBM_W06, KMiBM_W01, KMiBM_W04, KMiBM_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1260,51 +1260,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin. Sprawdzian pisemny w czasie ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_U09, KMiBM_U10, KMiBM_U12, KMiBM_U05, KMiBM_U08</w:t>
+        <w:t xml:space="preserve">KMiBM_U12, KMiBM_U05, KMiBM_U08, KMiBM_U09, KMiBM_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>