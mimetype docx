--- v1 (2026-02-28)
+++ v2 (2026-03-24)
@@ -826,121 +826,121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin. Sprawdzian pisemny w czasie ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_W01, KMiBM_W04, KMiBM_W05, KMiBM_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0202_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasady wyznaczania sił wewnętrznych przy  zginaniu prętów prostych i zakrzywionych.  Ma wiedzę o  wyznaczaniu  naprężeń normalnych i stycznych przy zginaniu. Zna  zagadnienie ścinania technicznego. Ma podstawowa wiedzę o obliczeniach   połączenia klejonego, nitowanego, sworzniowego. Zna równanie osi ugiętej. Zna zasady i metody wyznaczania   przemieszczenia w pręcie zginanym. Zna zasady obliczeń wytrzymałościowych i sztywnościowych  na zginanie belek, ram płaskich – statycznie wyznaczalnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin. Sprawdzian pisemny w czasie ćwiczeń.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">KMiBM_W06, KMiBM_W01, KMiBM_W04, KMiBM_W05</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">KMiBM_W01, KMiBM_W04, KMiBM_W05, KMiBM_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1260,51 +1260,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin. Sprawdzian pisemny w czasie ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_U12, KMiBM_U05, KMiBM_U08, KMiBM_U09, KMiBM_U10</w:t>
+        <w:t xml:space="preserve">KMiBM_U05, KMiBM_U08, KMiBM_U09, KMiBM_U10, KMiBM_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>