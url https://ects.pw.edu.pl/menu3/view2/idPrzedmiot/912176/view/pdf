--- v0 (2026-01-14)
+++ v1 (2026-02-28)
@@ -817,227 +817,297 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_W02, KMiBM_W03, KMiBM_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0201_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student zna podstawowe metody stosowane w mechanice ogólnej i potrafi dobrać odpowiednią metodę do postawionego zdania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin, sprawdziany pisemne na ćwiczeniach, ocena prac domowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">KMiBM_W01, KMiBM_W02, KMiBM_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0201_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0201_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student zna podstawowe metody stosowane w mechanice ogólnej i potrafi dobrać odpowiednią metodę do postawionego zdania.</w:t>
+        <w:t xml:space="preserve">Student potrafi wyjaśnić zjawiska o znaczeniu praktycznym występujące w mechanice ciał i mechanizmów, związane z ruchem układów, takie jak zjawisko żyroskopowe, równowaga względna, opory ruchu w ośrodku, opory toczenia, toczenie z poślizgiem, trakcja pojazdu, zderzenie ciał, jego właściwości i skutki, efekt ciągłej zmiany masy w dynamice punktu materialnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin, sprawdziany pisemne na ćwiczeniach, ocena prac domowych.</w:t>
+        <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">KMiBM_W01, KMiBM_W02, KMiBM_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0201_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0201_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi wyjaśnić zjawiska o znaczeniu praktycznym występujące w mechanice ciał i mechanizmów, związane z ruchem układów, takie jak zjawisko żyroskopowe, równowaga względna, opory ruchu w ośrodku, opory toczenia, toczenie z poślizgiem, trakcja pojazdu, zderzenie ciał, jego właściwości i skutki, efekt ciągłej zmiany masy w dynamice punktu materialnego.</w:t>
+        <w:t xml:space="preserve">Student rozumie związki przyczynowo-skutkowe w mechanice, wyrażone przez prawa mechaniki (prawa zmienności pędu, krętu i energii kinetycznej) i ma podstawową wiedzę umożliwiającą ich zastosowanie do rozwiązywania zadań praktycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin</w:t>
+        <w:t xml:space="preserve">Egzamin. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">KMiBM_W01, KMiBM_W02, KMiBM_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0201_W4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0201_W5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student rozumie związki przyczynowo-skutkowe w mechanice, wyrażone przez prawa mechaniki (prawa zmienności pędu, krętu i energii kinetycznej) i ma podstawową wiedzę umożliwiającą ich zastosowanie do rozwiązywania zadań praktycznych.</w:t>
+        <w:t xml:space="preserve">Ma podstawą wiedzę o skręcaniu prętów cienkościennych. /podstawy teorii de Saint-Venanta./  Zna zasady  analizy stanu naprężenia i odkształcenia  – profile otwarte i zamknięte. Wzory Bredta.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1056,162 +1126,92 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0201_W5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0201_W6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma podstawą wiedzę o skręcaniu prętów cienkościennych. /podstawy teorii de Saint-Venanta./  Zna zasady  analizy stanu naprężenia i odkształcenia  – profile otwarte i zamknięte. Wzory Bredta.</w:t>
+        <w:t xml:space="preserve">Student zna podstawy teoretyczne umożliwiające stosowanie metod mechaniki analitycznej do budowania równań równowagi i równań ruchu układów mechanicznych (zasada prac wirtualnych, zasada d’Alemberta, równania Lagrange’a).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin. </w:t>
+        <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W01, KMiBM_W02, KMiBM_W03</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">KMiBM_W01, KMiBM_W02, KMiBM_W03</w:t>
+        <w:t xml:space="preserve">KMiBM_W03, KMiBM_W01, KMiBM_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>