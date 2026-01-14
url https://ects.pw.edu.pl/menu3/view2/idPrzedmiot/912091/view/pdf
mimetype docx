--- v0 (2026-01-13)
+++ v1 (2026-01-14)
@@ -1124,51 +1124,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, sprawdzian przed dopuszczeniem do wykonywania ćwiczeń</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W02, K_W13</w:t>
+        <w:t xml:space="preserve">K_W13, K_W01, K_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>