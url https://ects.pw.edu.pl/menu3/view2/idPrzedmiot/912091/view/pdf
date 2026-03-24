--- v1 (2026-01-14)
+++ v2 (2026-03-24)
@@ -844,51 +844,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, sprawdzian przed dopuszczeniem do wykonywania ćwiczeń</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W02, K_W03</w:t>
+        <w:t xml:space="preserve">K_W03, K_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1124,51 +1124,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, sprawdzian przed dopuszczeniem do wykonywania ćwiczeń</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W13, K_W01, K_W02</w:t>
+        <w:t xml:space="preserve">K_W01, K_W02, K_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1554,51 +1554,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, sprawdzian przed dopuszczeniem do wykonywania ćwiczeń</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U02, K_U11, K_U12</w:t>
+        <w:t xml:space="preserve">K_U12, K_U01, K_U02, K_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>