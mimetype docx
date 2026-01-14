--- v0 (2026-01-13)
+++ v1 (2026-01-14)
@@ -772,691 +772,691 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W20, IS_W19, IS_W15, IS_W13, IS_W12</w:t>
+        <w:t xml:space="preserve">IS_W19, IS_W15, IS_W13, IS_W12, IS_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada szczegółową, podbudowaną teoretycznie wiedzę z zakresu, modelowania, projektowania, budowy instalacji centralnego ogrzewania, węzłów cieplnych jedno i wielofunkcyjnych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin pisemny</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_W20, IS_W19, IS_W13, IS_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada szczegółową, podbudowaną teoretycznie wiedzę z zakresu, modelowania, projektowania, budowy instalacji centralnego ogrzewania, węzłów cieplnych jedno i wielofunkcyjnych</w:t>
+        <w:t xml:space="preserve">Posiada szczegółową, podbudowaną teoretycznie wiedzę z zakresu, modelowania, projektowania racjonalnych warunków eksploatacji ogrzewań konwekcyjnych i płaszczyznowych, węzłów cieplnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">IS_W12, IS_W20, IS_W19, IS_W13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">III.P7S_WG, P7U_W, I.P7S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada szczegółową, podbudowaną teoretycznie wiedzę z zakresu racjonalnego dostosowania cieplnego i hydraulicznego istniejącej instalacji centralnego ogrzewania i węzła cieplnego do zmniejszonych ( rzeczywistych ) potrzeb cieplnych poszczególnych pomieszczeń i budynku po jego termorenowacji</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin pisemny</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">IS_W20, IS_W19, IS_W13, IS_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada szczegółową, podbudowaną teoretycznie wiedzę z zakresu, modelowania, projektowania racjonalnych warunków eksploatacji ogrzewań konwekcyjnych i płaszczyznowych, węzłów cieplnych.</w:t>
+        <w:t xml:space="preserve">Posiada szczegółową, podbudowaną teoretycznie wiedzę z zakresu technicznych, eksploatacyjnych oraz charakterystyk regulacyjnych stosowanych wymienników ciepła na cele centralnego ogrzewania  oraz wymagań kryteriów ich oceny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W19, IS_W13, IS_W12, IS_W20</w:t>
+        <w:t xml:space="preserve">IS_W20, IS_W19, IS_W13, IS_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W, III.P7S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada szczegółową, podbudowaną teoretycznie wiedzę z zakresu racjonalnego dostosowania cieplnego i hydraulicznego istniejącej instalacji centralnego ogrzewania i węzła cieplnego do zmniejszonych ( rzeczywistych ) potrzeb cieplnych poszczególnych pomieszczeń i budynku po jego termorenowacji</w:t>
+        <w:t xml:space="preserve">Posiada szczegółową, podbudowaną teoretycznie wiedzę z zakresu węzłów cieplnych, stosowanych układów połączeń, ich charakterystyki technicznej i eksploatacyjnej – zna zasady wymiarowania i doboru elementów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W20, IS_W19, IS_W13, IS_W12</w:t>
+        <w:t xml:space="preserve">IS_W12, IS_W20, IS_W19, IS_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada szczegółową, podbudowaną teoretycznie wiedzę z zakresu technicznych, eksploatacyjnych oraz charakterystyk regulacyjnych stosowanych wymienników ciepła na cele centralnego ogrzewania  oraz wymagań kryteriów ich oceny</w:t>
+        <w:t xml:space="preserve">Potrafi przeprowadzić analizę porównawczą w celu doboru oraz określić charakterystyki techniczne, eksploatacyjne oraz właściwości regulacyjne grzejników konwekcyjnych i płaszczyznowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin pisemny</w:t>
+        <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W20, IS_W19, IS_W13, IS_W12</w:t>
+        <w:t xml:space="preserve">IS_U05, IS_U04, IS_U22, IS_U18, IS_U14, IS_U11, IS_U09, IS_U08, IS_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
+        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o, I.P7S_UU, I.P7S_UO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada szczegółową, podbudowaną teoretycznie wiedzę z zakresu węzłów cieplnych, stosowanych układów połączeń, ich charakterystyki technicznej i eksploatacyjnej – zna zasady wymiarowania i doboru elementów.</w:t>
+        <w:t xml:space="preserve">Potrafi samodzielnie zaprojektować ogrzewanie mieszkaniowe wodne w układzie poziomym: konwekcyjne i podłogowe oraz ogrzewanie płaszczyznowe elektryczne.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin pisemny</w:t>
+        <w:t xml:space="preserve">Wykonanie projektu i kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W20, IS_W19, IS_W13, IS_W12</w:t>
+        <w:t xml:space="preserve">IS_U22, IS_U18, IS_U14, IS_U11, IS_U08, IS_U05, IS_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W, III.P7S_WG</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UU, III.P7S_UW.o, I.P7S_UW.o, I.P7S_UO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi przeprowadzić analizę porównawczą w celu doboru oraz określić charakterystyki techniczne, eksploatacyjne oraz właściwości regulacyjne grzejników konwekcyjnych i płaszczyznowych</w:t>
+        <w:t xml:space="preserve">Potrafi przeanalizować i ocenić warunki działania oraz obliczyć parametry eksploatacyjne pracy węzła cieplnego w warunkach obliczeniowych I w okresie przejściowym</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium</w:t>
+        <w:t xml:space="preserve">Wykonanie projektu i kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U08, IS_U06, IS_U05, IS_U04, IS_U22, IS_U18, IS_U14, IS_U11, IS_U09</w:t>
+        <w:t xml:space="preserve">IS_U18, IS_U11, IS_U06, IS_U05, IS_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o, I.P7S_UU, I.P7S_UO</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, I.P7S_UO, III.P7S_UW.o, P7U_U</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi samodzielnie zaprojektować ogrzewanie mieszkaniowe wodne w układzie poziomym: konwekcyjne i podłogowe oraz ogrzewanie płaszczyznowe elektryczne.</w:t>
+        <w:t xml:space="preserve">Opracowanie racjonalnego wykresu regulacyjnego dla budynków energooszczędnych i istniejących, ocieplonych po dostosowaniu do rzeczywistych potrzeb cieplnych budynku instalacji ogrzewczej, efekty techniczne i energetyczne tych działań.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykonanie projektu i kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U05, IS_U04, IS_U22, IS_U18, IS_U14, IS_U11, IS_U08</w:t>
-[...139 lines deleted...]
-        <w:t xml:space="preserve">IS_U06, IS_U05, IS_U04, IS_U09, IS_U08</w:t>
+        <w:t xml:space="preserve">IS_U04, IS_U09, IS_U08, IS_U06, IS_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>