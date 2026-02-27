--- v1 (2026-01-14)
+++ v2 (2026-02-27)
@@ -772,67 +772,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W19, IS_W15, IS_W13, IS_W12, IS_W20</w:t>
+        <w:t xml:space="preserve">IS_W12, IS_W20, IS_W19, IS_W15, IS_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">III.P7S_WG, P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada szczegółową, podbudowaną teoretycznie wiedzę z zakresu, modelowania, projektowania, budowy instalacji centralnego ogrzewania, węzłów cieplnych jedno i wielofunkcyjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -912,87 +912,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">IS_W20, IS_W19, IS_W13, IS_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada szczegółową, podbudowaną teoretycznie wiedzę z zakresu racjonalnego dostosowania cieplnego i hydraulicznego istniejącej instalacji centralnego ogrzewania i węzła cieplnego do zmniejszonych ( rzeczywistych ) potrzeb cieplnych poszczególnych pomieszczeń i budynku po jego termorenowacji</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin pisemny</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">IS_W12, IS_W20, IS_W19, IS_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WG, P7U_W, I.P7S_WG.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada szczegółową, podbudowaną teoretycznie wiedzę z zakresu racjonalnego dostosowania cieplnego i hydraulicznego istniejącej instalacji centralnego ogrzewania i węzła cieplnego do zmniejszonych ( rzeczywistych ) potrzeb cieplnych poszczególnych pomieszczeń i budynku po jego termorenowacji</w:t>
+        <w:t xml:space="preserve">Posiada szczegółową, podbudowaną teoretycznie wiedzę z zakresu technicznych, eksploatacyjnych oraz charakterystyk regulacyjnych stosowanych wymienników ciepła na cele centralnego ogrzewania  oraz wymagań kryteriów ich oceny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1011,58 +1081,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada szczegółową, podbudowaną teoretycznie wiedzę z zakresu technicznych, eksploatacyjnych oraz charakterystyk regulacyjnych stosowanych wymienników ciepła na cele centralnego ogrzewania  oraz wymagań kryteriów ich oceny</w:t>
+        <w:t xml:space="preserve">Posiada szczegółową, podbudowaną teoretycznie wiedzę z zakresu węzłów cieplnych, stosowanych układów połączeń, ich charakterystyki technicznej i eksploatacyjnej – zna zasady wymiarowania i doboru elementów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1073,406 +1143,336 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W20, IS_W19, IS_W13, IS_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada szczegółową, podbudowaną teoretycznie wiedzę z zakresu węzłów cieplnych, stosowanych układów połączeń, ich charakterystyki technicznej i eksploatacyjnej – zna zasady wymiarowania i doboru elementów.</w:t>
+        <w:t xml:space="preserve">Potrafi przeprowadzić analizę porównawczą w celu doboru oraz określić charakterystyki techniczne, eksploatacyjne oraz właściwości regulacyjne grzejników konwekcyjnych i płaszczyznowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin pisemny</w:t>
+        <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W12, IS_W20, IS_W19, IS_W13</w:t>
+        <w:t xml:space="preserve">IS_U04, IS_U18, IS_U14, IS_U11, IS_U09, IS_U08, IS_U06, IS_U05, IS_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, P7U_U, III.P7S_UW.o, I.P7S_UO, I.P7S_UU</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi przeprowadzić analizę porównawczą w celu doboru oraz określić charakterystyki techniczne, eksploatacyjne oraz właściwości regulacyjne grzejników konwekcyjnych i płaszczyznowych</w:t>
+        <w:t xml:space="preserve">Potrafi samodzielnie zaprojektować ogrzewanie mieszkaniowe wodne w układzie poziomym: konwekcyjne i podłogowe oraz ogrzewanie płaszczyznowe elektryczne.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium</w:t>
+        <w:t xml:space="preserve">Wykonanie projektu i kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U05, IS_U04, IS_U22, IS_U18, IS_U14, IS_U11, IS_U09, IS_U08, IS_U06</w:t>
+        <w:t xml:space="preserve">IS_U22, IS_U18, IS_U14, IS_U11, IS_U08, IS_U05, IS_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o, I.P7S_UU, I.P7S_UO</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UU, III.P7S_UW.o, I.P7S_UW.o, I.P7S_UO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi samodzielnie zaprojektować ogrzewanie mieszkaniowe wodne w układzie poziomym: konwekcyjne i podłogowe oraz ogrzewanie płaszczyznowe elektryczne.</w:t>
+        <w:t xml:space="preserve">Potrafi przeanalizować i ocenić warunki działania oraz obliczyć parametry eksploatacyjne pracy węzła cieplnego w warunkach obliczeniowych I w okresie przejściowym</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykonanie projektu i kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U22, IS_U18, IS_U14, IS_U11, IS_U08, IS_U05, IS_U04</w:t>
+        <w:t xml:space="preserve">IS_U18, IS_U11, IS_U06, IS_U05, IS_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UU, III.P7S_UW.o, I.P7S_UW.o, I.P7S_UO</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o, I.P7S_UO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi przeanalizować i ocenić warunki działania oraz obliczyć parametry eksploatacyjne pracy węzła cieplnego w warunkach obliczeniowych I w okresie przejściowym</w:t>
+        <w:t xml:space="preserve">Opracowanie racjonalnego wykresu regulacyjnego dla budynków energooszczędnych i istniejących, ocieplonych po dostosowaniu do rzeczywistych potrzeb cieplnych budynku instalacji ogrzewczej, efekty techniczne i energetyczne tych działań.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykonanie projektu i kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U18, IS_U11, IS_U06, IS_U05, IS_U04</w:t>
+        <w:t xml:space="preserve">IS_U09, IS_U08, IS_U06, IS_U05, IS_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW.o, I.P7S_UO, III.P7S_UW.o, P7U_U</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>