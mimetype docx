--- v2 (2026-02-27)
+++ v3 (2026-03-24)
@@ -1202,67 +1202,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U04, IS_U18, IS_U14, IS_U11, IS_U09, IS_U08, IS_U06, IS_U05, IS_U22</w:t>
+        <w:t xml:space="preserve">IS_U18, IS_U14, IS_U11, IS_U09, IS_U08, IS_U06, IS_U05, IS_U04, IS_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW.o, P7U_U, III.P7S_UW.o, I.P7S_UO, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">I.P7S_UO, III.P7S_UW.o, P7U_U, I.P7S_UW.o, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi samodzielnie zaprojektować ogrzewanie mieszkaniowe wodne w układzie poziomym: konwekcyjne i podłogowe oraz ogrzewanie płaszczyznowe elektryczne.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1272,67 +1272,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykonanie projektu i kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U22, IS_U18, IS_U14, IS_U11, IS_U08, IS_U05, IS_U04</w:t>
+        <w:t xml:space="preserve">IS_U18, IS_U14, IS_U11, IS_U08, IS_U05, IS_U04, IS_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UU, III.P7S_UW.o, I.P7S_UW.o, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, I.P7S_UO, III.P7S_UW.o, P7U_U, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przeanalizować i ocenić warunki działania oraz obliczyć parametry eksploatacyjne pracy węzła cieplnego w warunkach obliczeniowych I w okresie przejściowym</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1342,51 +1342,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykonanie projektu i kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U18, IS_U11, IS_U06, IS_U05, IS_U04</w:t>
+        <w:t xml:space="preserve">IS_U06, IS_U05, IS_U04, IS_U18, IS_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1562,51 +1562,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, rozmowa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_K03, IS_K04</w:t>
+        <w:t xml:space="preserve">IS_K04, IS_K03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_K, I.P7S_KR</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>