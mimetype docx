--- v0 (2026-01-12)
+++ v1 (2026-01-13)
@@ -762,157 +762,227 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">IS_W06, IS_W15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma uporządkowaną wiedzę na temat składu i właściwości ścieków w wybranych gałęziach przemysłu i zna rozwiązania stosowane w oczyszczaniu ścieków przemysłowych oraz kierunki ich rozwoju i modernizacji </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin pisemny</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">IS_W15, IS_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma uporządkowaną wiedzę na temat składu i właściwości ścieków w wybranych gałęziach przemysłu i zna rozwiązania stosowane w oczyszczaniu ścieków przemysłowych oraz kierunki ich rozwoju i modernizacji </w:t>
+        <w:t xml:space="preserve">Zna podstawowe procesy, operacje jednostkowe i zabiegi technologiczne stosowane do usuwania domieszek powodujących twardość i zasolenie wody</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W15, IS_W06</w:t>
+        <w:t xml:space="preserve">IS_W11, IS_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawowe procesy, operacje jednostkowe i zabiegi technologiczne stosowane do usuwania domieszek powodujących twardość i zasolenie wody</w:t>
+        <w:t xml:space="preserve">Zna podstawowe procesy, operacje jednostkowe i zabiegi technologiczne w zakresie chemicznych i biologicznych metod stosowanych w oczyszczaniu ścieków przemysłowych </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -923,216 +993,216 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W11, IS_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawowe procesy, operacje jednostkowe i zabiegi technologiczne w zakresie chemicznych i biologicznych metod stosowanych w oczyszczaniu ścieków przemysłowych </w:t>
+        <w:t xml:space="preserve">Potrafi przeprowadzić i opisać proces wielostopniowego oczyszczania wody metodą wymiany jonowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">egzamin pisemny</w:t>
+        <w:t xml:space="preserve"> ustna odpowiedź przed i po zajęciach laboratoryjnych oraz kolokwium pisemne z całości materiału </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W11, IS_W05</w:t>
+        <w:t xml:space="preserve">IS_U22, IS_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UU, III.P7S_UW.o, I.P7S_UW.o, I.P7S_UO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi przeprowadzić i opisać proces wielostopniowego oczyszczania wody metodą wymiany jonowej.</w:t>
+        <w:t xml:space="preserve">Potrafi przeprowadzić i opisać proces sorpcji oraz określić znaczenie parametrów technologicznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve"> ustna odpowiedź przed i po zajęciach laboratoryjnych oraz kolokwium pisemne z całości materiału </w:t>
+        <w:t xml:space="preserve">ustna odpowiedź przed i po zajęciach laboratoryjnych oraz kolokwium pisemne z całości materiału </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U16, IS_U22</w:t>
+        <w:t xml:space="preserve">IS_U22, IS_U16, IS_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, I.P7S_UO, III.P7S_UW.o, I.P7S_UU</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o, I.P7S_UO, I.P7S_UU</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi przeprowadzić i opisać proces sorpcji oraz określić znaczenie parametrów technologicznych</w:t>
+        <w:t xml:space="preserve">Potrafi przeprowadzić neutralizację ścieków kwaśnych oraz opisać i zinterpretować zmiany składu ścieków w zależności od zastosowanej dawki środka neutralizującego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ustna odpowiedź przed i po zajęciach laboratoryjnych oraz kolokwium pisemne z całości materiału </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1151,178 +1221,108 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UU, III.P7S_UW.o, I.P7S_UW.o, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi przeprowadzić neutralizację ścieków kwaśnych oraz opisać i zinterpretować zmiany składu ścieków w zależności od zastosowanej dawki środka neutralizującego</w:t>
+        <w:t xml:space="preserve">Potrafi przeprowadzić oczyszczanie ścieków pochodzących z przemysłu lakierniczego </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ustna odpowiedź przed i po zajęciach laboratoryjnych oraz kolokwium pisemne z całości materiału </w:t>
+        <w:t xml:space="preserve">ustna odpowiedź przed i po zajęciach laboratoryjnych oraz kolokwium pisemne z całości materiału</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U22, IS_U16, IS_U12</w:t>
+        <w:t xml:space="preserve">IS_U22, IS_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UU, III.P7S_UW.o, I.P7S_UW.o, I.P7S_UO</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_UW.o, I.P7S_UO, III.P7S_UW.o, P7U_U, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>