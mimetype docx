--- v1 (2026-01-13)
+++ v2 (2026-03-24)
@@ -762,67 +762,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W06, IS_W15</w:t>
+        <w:t xml:space="preserve">IS_W15, IS_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma uporządkowaną wiedzę na temat składu i właściwości ścieków w wybranych gałęziach przemysłu i zna rozwiązania stosowane w oczyszczaniu ścieków przemysłowych oraz kierunki ich rozwoju i modernizacji </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1052,277 +1052,277 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> ustna odpowiedź przed i po zajęciach laboratoryjnych oraz kolokwium pisemne z całości materiału </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U22, IS_U16</w:t>
+        <w:t xml:space="preserve">IS_U16, IS_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_UO, III.P7S_UW.o, P7U_U, I.P7S_UU, I.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi przeprowadzić i opisać proces sorpcji oraz określić znaczenie parametrów technologicznych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ustna odpowiedź przed i po zajęciach laboratoryjnych oraz kolokwium pisemne z całości materiału </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_U22, IS_U16, IS_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UU, III.P7S_UW.o, I.P7S_UW.o, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi przeprowadzić i opisać proces sorpcji oraz określić znaczenie parametrów technologicznych</w:t>
+        <w:t xml:space="preserve">Potrafi przeprowadzić neutralizację ścieków kwaśnych oraz opisać i zinterpretować zmiany składu ścieków w zależności od zastosowanej dawki środka neutralizującego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ustna odpowiedź przed i po zajęciach laboratoryjnych oraz kolokwium pisemne z całości materiału </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U22, IS_U16, IS_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o, I.P7S_UO, I.P7S_UU</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UU, III.P7S_UW.o, I.P7S_UW.o, I.P7S_UO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi przeprowadzić neutralizację ścieków kwaśnych oraz opisać i zinterpretować zmiany składu ścieków w zależności od zastosowanej dawki środka neutralizującego</w:t>
+        <w:t xml:space="preserve">Potrafi przeprowadzić oczyszczanie ścieków pochodzących z przemysłu lakierniczego </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ustna odpowiedź przed i po zajęciach laboratoryjnych oraz kolokwium pisemne z całości materiału </w:t>
+        <w:t xml:space="preserve">ustna odpowiedź przed i po zajęciach laboratoryjnych oraz kolokwium pisemne z całości materiału</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U22, IS_U16, IS_U12</w:t>
+        <w:t xml:space="preserve">IS_U16, IS_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UU, III.P7S_UW.o, I.P7S_UW.o, I.P7S_UO</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">P7U_U, I.P7S_UU, III.P7S_UW.o, I.P7S_UW.o, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UU, I.P7S_UW.o, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>