--- v0 (2026-01-13)
+++ v1 (2026-01-13)
@@ -894,51 +894,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Opracowanie raportu, obrona projektu.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W09, K_W04, K_W08</w:t>
+        <w:t xml:space="preserve">K_W04, K_W08, K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>