--- v1 (2026-01-13)
+++ v2 (2026-03-24)
@@ -752,51 +752,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Opracowanie raportu, obrona projektu.
 Przeprowadzenie badań i prezentacja wyników, obrona sprawozdania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W02, K_W04, K_W08</w:t>
+        <w:t xml:space="preserve">K_W04, K_W08, K_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>