--- v0 (2026-02-27)
+++ v1 (2026-03-24)
@@ -834,51 +834,51 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">"Zaliczenie wykładu: Kolokwium zaliczeniowe
 Zaliczenie ćwiczeń projektowych:Zaliczenie zadań obliczeniowych, wykonanie i obrona projektu.
  0.5*W + 0.5*P
 "
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W12, K_W13, K_W03, K_W07</w:t>
+        <w:t xml:space="preserve">K_W03, K_W07, K_W12, K_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -993,51 +993,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">"Zaliczenie wykładu: Kolokwium zaliczeniowe
 Zaliczenie ćwiczeń projektowych:Zaliczenie zadań obliczeniowych, wykonanie i obrona projektu.
  0.5*W + 0.5*P
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U02, K_U06, K_U11, K_U18</w:t>
+        <w:t xml:space="preserve">K_U18, K_U02, K_U06, K_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>