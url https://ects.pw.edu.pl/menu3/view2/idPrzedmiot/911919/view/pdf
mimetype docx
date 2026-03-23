--- v0 (2026-02-28)
+++ v1 (2026-03-23)
@@ -811,67 +811,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zaliczenie pisemne lub ustne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W06, IS_W11, IS_W15</w:t>
+        <w:t xml:space="preserve">IS_W11, IS_W15, IS_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">III.P7S_WG, P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
@@ -891,67 +891,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">odpowiedź ustna lub pisemna przed zajęciami laboratoryjnymi, sprawozdanie i kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U17, IS_U13, IS_U16</w:t>
+        <w:t xml:space="preserve">IS_U13, IS_U16, IS_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi opisać i ocenić procesy biologiczne w systemach zaopatrzenia w wodę i oczyszczania ścieków</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1111,67 +1111,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">uczestnictwo w zajęciach laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_K01, IS_K03</w:t>
+        <w:t xml:space="preserve">IS_K03, IS_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_K, I.P7S_KK, I.P7S_KR</w:t>
+        <w:t xml:space="preserve">P7U_K, I.P7S_KR, I.P7S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma świadomość potrzeby przestrzegania zasad bioetyki</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>