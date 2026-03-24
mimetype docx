--- v0 (2026-02-27)
+++ v1 (2026-03-24)
@@ -760,51 +760,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W08, IS_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada wiedzę w podstawowym zakresie ochrony przeciwpożarowej budynku instalacjami wodnymi. Ma podbudowaną teoretycznie wiedzę w zakresie wymagań stawianych instalacjom tryskaczowym jak również z możliwości wyboru przepisów do szczegółowego projektowania instalacji tryskaczowych. Posiada wiedzę z zakresu projektowania prostych w budowie geometrycznej instalacji tryskaczowych oraz zna podstawowe parametry projektowe determinujące wielkość instalacji tryskaczowej. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>