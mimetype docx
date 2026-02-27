--- v0 (2026-01-13)
+++ v1 (2026-02-27)
@@ -1062,51 +1062,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przeanalizować i ocenić działanie oraz obliczyć parametry eksploatacyjne urządzeń sieci wodociągowej i kanalizacyjnej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>