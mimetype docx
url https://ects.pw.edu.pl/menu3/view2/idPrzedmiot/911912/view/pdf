--- v1 (2026-02-27)
+++ v2 (2026-03-23)
@@ -772,51 +772,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna i rozumie aktualne kierunki rozwoju i modernizacji w zakresie systemów zaopatrzenia w wodę, odprowadzania ścieków oraz inżynierii wodnej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1062,51 +1062,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przeanalizować i ocenić działanie oraz obliczyć parametry eksploatacyjne urządzeń sieci wodociągowej i kanalizacyjnej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>