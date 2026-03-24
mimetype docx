--- v0 (2026-01-13)
+++ v1 (2026-03-24)
@@ -1185,67 +1185,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium z wykładów, obrona sprawozdań.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_K01, IS_K02, IS_K03</w:t>
+        <w:t xml:space="preserve">IS_K02, IS_K03, IS_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_K, I.P7S_KK, I.P7S_KR</w:t>
+        <w:t xml:space="preserve">I.P7S_KK, P7U_K, I.P7S_KR</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna odpowiedzialność i skutki pracy zespołowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>