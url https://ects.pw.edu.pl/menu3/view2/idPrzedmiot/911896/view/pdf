--- v0 (2025-10-09)
+++ v1 (2026-01-11)
@@ -760,51 +760,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W01, IS_W17, IS_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, I.P7S_WK, III.P7S_WK</w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W, I.P7S_WK, III.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna przykłady formułowania zadań optymalizacyjnych w zagadnieniach inżynierskich w gospodarce odpadami</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -894,67 +894,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Aktywna praca na zajęciach, rozwiązywanie zadań domowych, zaliczenie dwóch kolokwiów. Aktywny udział w zajęciach, wykonanie projektów podczas zajęć komputerowych, wykonanie i obrona projektów domowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U11, IS_U05</w:t>
+        <w:t xml:space="preserve">IS_U05, IS_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wykorzystać odpowiednie programy komputerowe do rozwiązania zadań optymalizacyjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>