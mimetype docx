--- v1 (2026-01-11)
+++ v2 (2026-02-27)
@@ -760,51 +760,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W01, IS_W17, IS_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W, I.P7S_WK, III.P7S_WK</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, I.P7S_WK, III.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna przykłady formułowania zadań optymalizacyjnych w zagadnieniach inżynierskich w gospodarce odpadami</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -980,51 +980,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>