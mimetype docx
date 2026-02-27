--- v0 (2026-01-13)
+++ v1 (2026-02-27)
@@ -1109,67 +1109,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Pozytywna ocena ze sprawdzianu testowego oraz pozytywna ocena z pracy projektowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U21, IS_U05, IS_U19</w:t>
+        <w:t xml:space="preserve">IS_U19, IS_U21, IS_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UK, III.P7S_UW.o, P7U_U, I.P7S_UW.o, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, I.P7S_UO, III.P7S_UW.o, P7U_U, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>
@@ -1189,67 +1189,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Pozytywna ocena ze sprawdzianu testowego oraz pozytywna ocena z pracy projektowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_K03, IS_K06, IS_K02</w:t>
+        <w:t xml:space="preserve">IS_K02, IS_K03, IS_K06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_K, I.P7S_KR, I.P7S_KO, I.P7S_KK</w:t>
+        <w:t xml:space="preserve">P7U_K, I.P7S_KK, I.P7S_KR, I.P7S_KO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada umiejętności formułowania problemów dotyczących jakości wykonanych obliczeń ekonomicznych </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>