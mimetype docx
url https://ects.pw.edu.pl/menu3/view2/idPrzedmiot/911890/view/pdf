--- v1 (2026-02-27)
+++ v2 (2026-03-24)
@@ -1055,51 +1055,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U05, IS_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada umiejętności, które w oparciu o zdobytą wiedzę, umożliwiają studentowi przeprowadzenie obliczeń ekonomicznych, w tym weryfikacji ekonomicznej opłacalności przedsięwzięć </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1109,67 +1109,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Pozytywna ocena ze sprawdzianu testowego oraz pozytywna ocena z pracy projektowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U19, IS_U21, IS_U05</w:t>
+        <w:t xml:space="preserve">IS_U21, IS_U05, IS_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW.o, I.P7S_UO, III.P7S_UW.o, P7U_U, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">I.P7S_UK, III.P7S_UW.o, P7U_U, I.P7S_UW.o, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>