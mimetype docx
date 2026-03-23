--- v0 (2025-10-13)
+++ v1 (2026-03-23)
@@ -888,51 +888,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena końcowa (zintegrowana) obliczana jest na podstawie wyników zaliczenia wykładów i zaliczenia ćwiczeń projektowych – dla otrzymania oceny pozytywnej wymagane jest uzyskanie pozytywnego wyniku zaliczenia wykładów i zaliczenia ćwiczeń projektowych. Ocena końcowa jest średnią ważoną (60% - wykłady, 40% - ćwiczenia)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W15, IS_W01</w:t>
+        <w:t xml:space="preserve">IS_W01, IS_W15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>