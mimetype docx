--- v0 (2026-01-14)
+++ v1 (2026-01-14)
@@ -748,67 +748,67 @@
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">"0.5*W + 0.5*ĆP
 Zaliczenie wykładu: Kolokwium
 Zaliczenie ćwiczeń projektowych: Zaliczenie zadań projektowych"
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W03, IS_W07, IS_W12</w:t>
+        <w:t xml:space="preserve">IS_W12, IS_W03, IS_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WK, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG, III.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">02 - Zna zasady kształtowania powiązań przyrodniczych w krajobrazie oraz możliwości formułowania zapisów w dokumentach planowania przestrzennego, które umożliwiają zachowanie lub wspieranie przyrodniczego funkcjonowania krajobrazu
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -980,51 +980,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">"0.5*W + 0.5*ĆP
 Zaliczenie wykładu: Kolokwium
 Zaliczenie ćwiczeń projektowych: Zaliczenie zadań projektowych"
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U06, IS_U13, IS_U01</w:t>
+        <w:t xml:space="preserve">IS_U01, IS_U06, IS_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1202,67 +1202,67 @@
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">"0.5*W + 0.5*ĆP
 Zaliczenie wykładu: Kolokwium
 Zaliczenie ćwiczeń projektowych: Zaliczenie zadań projektowych"
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U06, IS_U13, IS_U01</w:t>
+        <w:t xml:space="preserve">IS_U01, IS_U06, IS_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>
@@ -1302,51 +1302,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_K01, IS_K02, IS_K04, IS_K06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_K, I.P7S_KK, I.P7S_KR, I.P7S_KO</w:t>
+        <w:t xml:space="preserve">I.P7S_KK, P7U_K, I.P7S_KR, I.P7S_KO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">02 - potrafi prezentować wyniki pracy, argumentować za przedstawionymi propozycjami rozwiązań - Wykonanie projektu przebiegu korytarzy ekologicznych w skali krajobrazu; Prezentacja
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>