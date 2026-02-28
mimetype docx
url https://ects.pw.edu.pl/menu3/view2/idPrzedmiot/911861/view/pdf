--- v1 (2026-01-14)
+++ v2 (2026-02-28)
@@ -748,67 +748,67 @@
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">"0.5*W + 0.5*ĆP
 Zaliczenie wykładu: Kolokwium
 Zaliczenie ćwiczeń projektowych: Zaliczenie zadań projektowych"
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W12, IS_W03, IS_W07</w:t>
+        <w:t xml:space="preserve">IS_W03, IS_W07, IS_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG, III.P7S_WK</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WK, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">02 - Zna zasady kształtowania powiązań przyrodniczych w krajobrazie oraz możliwości formułowania zapisów w dokumentach planowania przestrzennego, które umożliwiają zachowanie lub wspieranie przyrodniczego funkcjonowania krajobrazu
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -896,67 +896,67 @@
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">"0.5*W + 0.5*ĆP
 Zaliczenie wykładu: Kolokwium
 Zaliczenie ćwiczeń projektowych: Zaliczenie zadań projektowych"
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W03, IS_W07, IS_W12</w:t>
+        <w:t xml:space="preserve">IS_W12, IS_W03, IS_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WK, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG, III.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
@@ -1128,67 +1128,67 @@
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">"0.5*W + 0.5*ĆP
 Zaliczenie wykładu: Kolokwium
 Zaliczenie ćwiczeń projektowych: Zaliczenie zadań projektowych"
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U01, IS_U06, IS_U13</w:t>
+        <w:t xml:space="preserve">IS_U13, IS_U01, IS_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">04 - Potrafi zidentyfikować obszary o funkcjach przyrodniczych i sformułować ogólne propozycje zapisów w dokumentach planowania przestrzennego dla ochrony powiązań przyrodniczych w krajobrazie
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1302,51 +1302,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_K01, IS_K02, IS_K04, IS_K06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_KK, P7U_K, I.P7S_KR, I.P7S_KO</w:t>
+        <w:t xml:space="preserve">P7U_K, I.P7S_KK, I.P7S_KR, I.P7S_KO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">02 - potrafi prezentować wyniki pracy, argumentować za przedstawionymi propozycjami rozwiązań - Wykonanie projektu przebiegu korytarzy ekologicznych w skali krajobrazu; Prezentacja
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>