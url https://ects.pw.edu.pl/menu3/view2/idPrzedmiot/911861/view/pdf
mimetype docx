--- v2 (2026-02-28)
+++ v3 (2026-03-24)
@@ -896,67 +896,67 @@
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">"0.5*W + 0.5*ĆP
 Zaliczenie wykładu: Kolokwium
 Zaliczenie ćwiczeń projektowych: Zaliczenie zadań projektowych"
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W12, IS_W03, IS_W07</w:t>
+        <w:t xml:space="preserve">IS_W03, IS_W07, IS_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG, III.P7S_WK</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WK, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
@@ -980,67 +980,67 @@
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">"0.5*W + 0.5*ĆP
 Zaliczenie wykładu: Kolokwium
 Zaliczenie ćwiczeń projektowych: Zaliczenie zadań projektowych"
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U01, IS_U06, IS_U13</w:t>
+        <w:t xml:space="preserve">IS_U06, IS_U13, IS_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">02 - Potrafi posługiwać się oprogramowaniem GIS i arkuszem kalkulacyjnym dla celów obliczeń inżynierskich - Wykonanie bilansu wodnego dla projektowanego zbiornika wód deszczowych
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1128,67 +1128,67 @@
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">"0.5*W + 0.5*ĆP
 Zaliczenie wykładu: Kolokwium
 Zaliczenie ćwiczeń projektowych: Zaliczenie zadań projektowych"
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U13, IS_U01, IS_U06</w:t>
+        <w:t xml:space="preserve">IS_U01, IS_U06, IS_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">04 - Potrafi zidentyfikować obszary o funkcjach przyrodniczych i sformułować ogólne propozycje zapisów w dokumentach planowania przestrzennego dla ochrony powiązań przyrodniczych w krajobrazie
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1202,67 +1202,67 @@
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">"0.5*W + 0.5*ĆP
 Zaliczenie wykładu: Kolokwium
 Zaliczenie ćwiczeń projektowych: Zaliczenie zadań projektowych"
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U01, IS_U06, IS_U13</w:t>
+        <w:t xml:space="preserve">IS_U06, IS_U13, IS_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>