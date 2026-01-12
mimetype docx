--- v0 (2025-10-11)
+++ v1 (2026-01-12)
@@ -1064,51 +1064,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>