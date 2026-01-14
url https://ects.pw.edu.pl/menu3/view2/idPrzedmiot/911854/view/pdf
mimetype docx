--- v1 (2026-01-12)
+++ v2 (2026-01-14)
@@ -1064,51 +1064,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>