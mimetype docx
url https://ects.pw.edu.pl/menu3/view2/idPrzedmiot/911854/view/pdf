--- v2 (2026-01-14)
+++ v3 (2026-03-01)
@@ -774,51 +774,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada rozszerzoną, uporządkowaną wiedzę w zakresie języków programowania oraz wykorzystania metod numerycznych w procesie algorytmizacji rozwiązań zagadnień brzegowych z zastosowaniem metody elementów skończonych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>