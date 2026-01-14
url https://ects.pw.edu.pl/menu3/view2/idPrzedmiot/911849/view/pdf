--- v0 (2025-10-10)
+++ v1 (2026-01-14)
@@ -1152,51 +1152,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UO, III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, I.P7S_UO, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student nabiera wprawy w posługiwaniu się ogólnie dostępnym inżynierskim oprogramowaniem komputerowym oraz posiada podstawowy zakres wiedzy potrzebny do analizowania otrzymanych wyników.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>