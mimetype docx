--- v1 (2026-01-14)
+++ v2 (2026-02-28)
@@ -1065,67 +1065,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Praca domowa, kolokwium, egzamin
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U13, IS_U15</w:t>
+        <w:t xml:space="preserve">IS_U15, IS_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">I.P7S_UK, III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W zakresie podstawowym student wykorzystuje metody numeryczne do analizy prostych konstrukcji prętowych inżynierii lądowej i wodnej, metodę różnic skończonych i metodę elementów skończonych. Przyswojony zakres wiedzy stanowi podstawę aktywnego uczestnictwa w zajęciach dotyczących zaawansowanych metod numerycznych oraz obsługi pakietów obliczeniowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>