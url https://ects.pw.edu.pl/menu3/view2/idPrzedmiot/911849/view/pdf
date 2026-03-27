--- v2 (2026-02-28)
+++ v3 (2026-03-27)
@@ -1065,67 +1065,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Praca domowa, kolokwium, egzamin
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U15, IS_U13</w:t>
+        <w:t xml:space="preserve">IS_U13, IS_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UK, III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W zakresie podstawowym student wykorzystuje metody numeryczne do analizy prostych konstrukcji prętowych inżynierii lądowej i wodnej, metodę różnic skończonych i metodę elementów skończonych. Przyswojony zakres wiedzy stanowi podstawę aktywnego uczestnictwa w zajęciach dotyczących zaawansowanych metod numerycznych oraz obsługi pakietów obliczeniowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1223,51 +1223,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, I.P7S_UO, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UO, III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Nabyte umiejętności są niezbędne do zrozumienia treści przedmiotów realizowanych na studiach magisterskich, takich jak konstrukcje hydrotechniczne, mogą być wykorzystane przy pisaniu pracy magisterskiej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>