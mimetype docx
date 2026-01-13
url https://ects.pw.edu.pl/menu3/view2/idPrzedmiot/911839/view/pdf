--- v0 (2025-10-10)
+++ v1 (2026-01-13)
@@ -845,341 +845,341 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada szczegółową wiedzę z zakresu możliwości korzystania z pakietów oprogramowania przy doborze i eksploatacji urządzeń w sieciach i instalacjach Wod-Kan, lub Inżynierii Wodnej, lub wykorzystanie pakietów GIS do doboru lokalizacji inwestycji oraz gospodarowania zasobami wodnymi</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium z wykładów, zaliczenie ćwiczeń</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_W13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada szczegółową wiedzę z zakresu możliwości korzystania z pakietów oprogramowania przy doborze i eksploatacji urządzeń w sieciach i instalacjach Wod-Kan, lub Inżynierii Wodnej, lub wykorzystanie pakietów GIS do doboru lokalizacji inwestycji oraz gospodarowania zasobami wodnymi</w:t>
+        <w:t xml:space="preserve">Potrafi pozyskać informacje różnych źródeł i opisać przebieg procesów fizycznych i chemicznych z wykorzystaniem praw transportu masy oraz mechaniki plynów i hydrodynamiki w zastosowaniu do procesów występujących w inżynierii wodnej, a także potrafi sprawnie opisać i zinterpretować równania opisujące ruch wody i powietrza oraz inne procesy występujące w wodach śródlądowych i powietrzu atmosferycznym, lub potrafi opisać i zinterpretować równanie opisujące ruch wody i powietrza w warunkach środowiska naturalnego lub potrafi posługiwać się technikami informacyjno-komunikacyjnymi </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium z wykładów, zaliczenie ćwiczeń</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W13</w:t>
+        <w:t xml:space="preserve">IS_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi pozyskać informacje różnych źródeł i opisać przebieg procesów fizycznych i chemicznych z wykorzystaniem praw transportu masy oraz mechaniki plynów i hydrodynamiki w zastosowaniu do procesów występujących w inżynierii wodnej, a także potrafi sprawnie opisać i zinterpretować równania opisujące ruch wody i powietrza oraz inne procesy występujące w wodach śródlądowych i powietrzu atmosferycznym, lub potrafi opisać i zinterpretować równanie opisujące ruch wody i powietrza w warunkach środowiska naturalnego lub potrafi posługiwać się technikami informacyjno-komunikacyjnymi </w:t>
+        <w:t xml:space="preserve">Potrafi wykonać i przedstawić w formie pisemnej i prezentacji ustnej projekt, system lub proces typowy dla zaopatrzenia w wode i odprowadzania ścieków, lub inżynierii wodnej, lub gospodarki odpadami i oczyszczania terenów zurbanizowanych oraz rekultywacji terenów zdegradowanych </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium z wykładów, zaliczenie ćwiczeń</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U01</w:t>
+        <w:t xml:space="preserve">IS_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi wykonać i przedstawić w formie pisemnej i prezentacji ustnej projekt, system lub proces typowy dla zaopatrzenia w wode i odprowadzania ścieków, lub inżynierii wodnej, lub gospodarki odpadami i oczyszczania terenów zurbanizowanych oraz rekultywacji terenów zdegradowanych </w:t>
+        <w:t xml:space="preserve">Potrafi samodzielnie porównać, ocenić, wybrać i zastosować odpowiednie materiały na urządzenia i instalacje stosowane w systemach wodociągowych i kanalizacyjnych lub inżynierii wodnej lub gospodarki odpadami i oczyszczania terenów zurbanizowanych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium z wykładów, zaliczenie ćwiczeń</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U13</w:t>
+        <w:t xml:space="preserve">IS_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_UW.o, I.P7S_UO, III.P7S_UW.o, P7U_U</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, I.P7S_UO, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>