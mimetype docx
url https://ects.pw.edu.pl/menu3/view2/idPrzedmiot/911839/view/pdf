--- v1 (2026-01-13)
+++ v2 (2026-02-27)
@@ -845,51 +845,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada szczegółową wiedzę z zakresu możliwości korzystania z pakietów oprogramowania przy doborze i eksploatacji urządzeń w sieciach i instalacjach Wod-Kan, lub Inżynierii Wodnej, lub wykorzystanie pakietów GIS do doboru lokalizacji inwestycji oraz gospodarowania zasobami wodnymi</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -915,51 +915,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">III.P7S_WG, P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>