--- v2 (2026-02-27)
+++ v3 (2026-03-24)
@@ -915,51 +915,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WG, P7U_W, I.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
@@ -1065,51 +1065,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi samodzielnie porównać, ocenić, wybrać i zastosować odpowiednie materiały na urządzenia i instalacje stosowane w systemach wodociągowych i kanalizacyjnych lub inżynierii wodnej lub gospodarki odpadami i oczyszczania terenów zurbanizowanych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>