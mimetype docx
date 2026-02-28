--- v0 (2026-01-12)
+++ v1 (2026-02-28)
@@ -769,51 +769,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada szczegółową, podbudowaną teoretycznie wiedzę z zakresu, modelowania, projektowania, budowy, modernizacji i eksploatacji sieci, instalacji i obiektów gospodarki wodnej, lub zaopatrzenia wodę i odprowadzania ścieków, lub inżynierii wodnej </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -989,51 +989,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wykonać i przedstawić w formie pisemnej i prezentacji ustnej projekt, system lub proces typowy dla zaopatrzenia w wode i odprowadzania ścieków, lub inżynierii wodnej, lub gospodarki odpadami i oczyszczania terenów zurbanizowanych oraz rekultywacji terenów zdegradowanych </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>