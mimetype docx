--- v1 (2026-02-28)
+++ v2 (2026-03-24)
@@ -989,121 +989,121 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wykonać i przedstawić w formie pisemnej i prezentacji ustnej projekt, system lub proces typowy dla zaopatrzenia w wode i odprowadzania ścieków, lub inżynierii wodnej, lub gospodarki odpadami i oczyszczania terenów zurbanizowanych oraz rekultywacji terenów zdegradowanych </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium z wykładów, zaliczenie ćwiczeń</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_U13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi samodzielnie porównać, ocenić, wybrać i zastosować odpowiednie materiały na urządzenia i instalacje stosowane w systemach wodociągowych i kanalizacyjnych lub inżynierii wodnej lub gospodarki odpadami i oczyszczania terenów zurbanizowanych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>