--- v0 (2026-01-12)
+++ v1 (2026-02-28)
@@ -735,67 +735,67 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Bieżąca praca na zajęciach,
 ocena przygotowanej
 prezentacji, ocena projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W07, IS_W17, IS_W18</w:t>
+        <w:t xml:space="preserve">IS_W17, IS_W18, IS_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WK, I.P7S_WK</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WK, III.P7S_WK, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma pogłębioną wiedzę na temat przepisów i regulacji prawnych, które mają zastosowanie w zarządzaniu środowiskiem</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -807,67 +807,67 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Bieżąca praca na zajęciach,
 ocena przygotowanej
 prezentacji, ocena projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W07, IS_W17, IS_W18</w:t>
+        <w:t xml:space="preserve">IS_W17, IS_W18, IS_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WK, P7U_W, I.P7S_WK</w:t>
+        <w:t xml:space="preserve">III.P7S_WK, P7U_W, I.P7S_WK, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma pogłębioną wiedzę na temat możliwości finansowania działań związanych z zarządzaniem środowiskiem</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1105,67 +1105,67 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Bieżąca praca na zajęciach,
 ocena przygotowanej
 prezentacji, ocena projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U15, IS_U20, IS_U21</w:t>
+        <w:t xml:space="preserve">IS_U21, IS_U15, IS_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UO, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UK, III.P7S_UW.o, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>