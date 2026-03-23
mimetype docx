--- v0 (2026-01-13)
+++ v1 (2026-03-23)
@@ -843,51 +843,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W08, IS_W12, IS_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna schematy technologiczne układów regulacji procesów COW; węzły ciepłownicze centralnego ogrzewania i ciepłej wody użytkowej, obiekty z własnymi źródłami ciepła.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -985,51 +985,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W08, IS_W12, IS_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna zasady projektowania właściwości statycznych układów regulacji w COW, uproszczone charakterystyki statyczne obiektów cieplnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1055,71 +1055,141 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W08, IS_W12, IS_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P7S_WG, P7U_W, I.P7S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma wiedzę na temat obliczania elementy nastawczych i wyznaczania charakterystyk dynamicznych wybranych obiektów regulacji, określania parametrów wymaganych do projektowania układów regulacji zapewniających odpowiednie właściwości dynamiczne układów regulacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Warunki zaliczenia wykładu - zaliczenie pisemne. Warunki zaliczenia ćwiczeń projektowych - wykonanie projektu układu regulacji dla zadanego procesu COW.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_W08, IS_W12, IS_W14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W07: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę na temat obliczania elementy nastawczych i wyznaczania charakterystyk dynamicznych wybranych obiektów regulacji, określania parametrów wymaganych do projektowania układów regulacji zapewniających odpowiednie właściwości dynamiczne układów regulacji.</w:t>
+        <w:t xml:space="preserve">Zna algorytmy regulacji procesów COW, parametry wpływające na przebieg procesu regulacji, komputerowe projektowanie układów sterowania, programowanie sterowników cyfrowych dla potrzeb COW, komputerowe układy sterowania i nadzoru, systemy BMS i BEMS w COW.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Warunki zaliczenia wykładu - zaliczenie pisemne. Warunki zaliczenia ćwiczeń projektowych - wykonanie projektu układu regulacji dla zadanego procesu COW.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1130,216 +1200,216 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W08, IS_W12, IS_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W07: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna algorytmy regulacji procesów COW, parametry wpływające na przebieg procesu regulacji, komputerowe projektowanie układów sterowania, programowanie sterowników cyfrowych dla potrzeb COW, komputerowe układy sterowania i nadzoru, systemy BMS i BEMS w COW.</w:t>
+        <w:t xml:space="preserve">Potrafi obliczyć elementy nastawcze dla zadanych warunków hydraulicznych oraz wyznaczyć charakterystyki statyczne obiekt–nastawnik dla wybranych procesów COW.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Warunki zaliczenia wykładu - zaliczenie pisemne. Warunki zaliczenia ćwiczeń projektowych - wykonanie projektu układu regulacji dla zadanego procesu COW.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W08, IS_W12, IS_W14</w:t>
+        <w:t xml:space="preserve">IS_U04, IS_U07, IS_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WG, P7U_W, I.P7S_WG.o</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi obliczyć elementy nastawcze dla zadanych warunków hydraulicznych oraz wyznaczyć charakterystyki statyczne obiekt–nastawnik dla wybranych procesów COW.</w:t>
+        <w:t xml:space="preserve">Potrafi obliczyć charakterystykę układu regulacji oraz wzmocnienie Określić stabilności, wzmocnienie krytyczne, wpływ zmiennych parametrów cieplnych na stabilność układu - projekt, kolokwium pisemne z całości materiału.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Warunki zaliczenia wykładu - zaliczenie pisemne. Warunki zaliczenia ćwiczeń projektowych - wykonanie projektu układu regulacji dla zadanego procesu COW.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U07, IS_U10, IS_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi obliczyć charakterystykę układu regulacji oraz wzmocnienie Określić stabilności, wzmocnienie krytyczne, wpływ zmiennych parametrów cieplnych na stabilność układu - projekt, kolokwium pisemne z całości materiału.</w:t>
+        <w:t xml:space="preserve">Potrafi zastosować zasady projektowania układów regulacji z wykorzystaniem kryteriów jakości.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Warunki zaliczenia wykładu - zaliczenie pisemne. Warunki zaliczenia ćwiczeń projektowych - wykonanie projektu układu regulacji dla zadanego procesu COW.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1358,162 +1428,92 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi zastosować zasady projektowania układów regulacji z wykorzystaniem kryteriów jakości.</w:t>
+        <w:t xml:space="preserve">Potrafi zaprojektować układ regulacji dla procesów COW; węzły ciepłownicze centralnego ogrzewania i ciepłej wody użytkowej, obiekty z własnymi źródłami ciepła.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Warunki zaliczenia wykładu - zaliczenie pisemne. Warunki zaliczenia ćwiczeń projektowych - wykonanie projektu układu regulacji dla zadanego procesu COW.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U04, IS_U07, IS_U10</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">IS_U07, IS_U10, IS_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>